--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,327 +1,1060 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/19/2018 15:31:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EDWARDS KIT SAPIEN 3  ULTRA – TRANSFEMORAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>24/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 09:06:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341348/fr/edwards-kit-sapien-3-ultra-transfemoral</t>
+  </si>
+  <si>
+    <t>p_3341348</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>COREVALVE  - 10 janvier 2012 (4087) avis</t>
+  </si>
+  <si>
+    <t>Valve aortique percutanée avec cathéter de pose ACCUTRAK CARDIOLOGIE INTERVENTIONNELLE – Nouveau dispositif Absence de progrès clinique par rapport à la valve COREVALVE REVALVING SYSTEM de génération précédente</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146614/fr/corevalve-10-janvier-2012-4087-avis</t>
+  </si>
+  <si>
+    <t>c_1146614</t>
+  </si>
+  <si>
+    <t>Medtronic France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 janvier 2025</t>
+  </si>
+  <si>
+    <t>08/01/2025 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576731/fr/commission-de-la-transparence-reunion-du-15-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576731</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2024</t>
+  </si>
+  <si>
+    <t>30/10/2024 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554484/fr/commission-de-la-transparence-reunion-du-6-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3554484</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2024</t>
+  </si>
+  <si>
+    <t>28/08/2024 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537824/fr/commission-de-la-transparence-reunion-du-4-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3537824</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mars 2011</t>
+  </si>
+  <si>
+    <t>09/03/2011 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1030563/fr/commission-de-la-transparence-reunion-du-9-mars-2011</t>
+  </si>
+  <si>
+    <t>c_1030563</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 janvier 2011</t>
+  </si>
+  <si>
+    <t>05/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012508/fr/commission-de-la-transparence-reunion-du-5-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1012508</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERPRUP (povidone iodée / alcool isopropylique)</t>
   </si>
   <si>
-    <t>01/24/2025 16:21:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585879/en/perprup-povidone-iodee-/-alcool-isopropylique</t>
+    <t>24/01/2025 16:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585879/fr/perprup-povidone-iodee-/-alcool-isopropylique</t>
   </si>
   <si>
     <t>p_3585879</t>
   </si>
   <si>
     <t>povidone iodée,alcool isopropylique</t>
   </si>
   <si>
     <t>BECTON DICKINSON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585762/en/perprup-povidone-iodine-isopropyl-alcohol-antiseptic</t>
+    <t>https://www.has-sante.fr/jcms/p_3585762/fr/perprup-povidone-iodee-/-alcool-isopropylique-antiseptique</t>
+  </si>
+  <si>
+    <t>CHLORHEXIDINE DIGLUCONATE / ALCOOL ISOPROPYLIQUE GILBERT HEALTHCARE (chlorhexidine digluconate/alcool isopropylique)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263718/fr/chlorhexidine-digluconate-/-alcool-isopropylique-gilbert-healthcare-chlorhexidine-digluconate/alcool-isopropylique</t>
+  </si>
+  <si>
+    <t>p_3263718</t>
+  </si>
+  <si>
+    <t>chlorhexidine digluconate,alcool isopropylique</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GILBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262661/fr/chlorhexidine-digluconate-/-alcool-isopropylique-gilbert-healthcare-chlorhexidine-digluconate/alcool-isopropylique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>89</v>
+      </c>
+      <c r="H3" t="s">
+        <v>90</v>
+      </c>
+      <c r="I3" t="s">
+        <v>91</v>
+      </c>
+      <c r="J3" t="s">
+        <v>92</v>
+      </c>
+      <c r="K3" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>