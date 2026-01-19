--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,74 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -102,50 +105,68 @@
     <t>Bioprothèse valvulaire aortique implantée par voie transfémorale (système COMMANDER)</t>
   </si>
   <si>
     <t>EDWARDS LIFESCIENCES SAS</t>
   </si>
   <si>
     <t>COREVALVE  - 10 janvier 2012 (4087) avis</t>
   </si>
   <si>
     <t>Valve aortique percutanée avec cathéter de pose ACCUTRAK CARDIOLOGIE INTERVENTIONNELLE – Nouveau dispositif Absence de progrès clinique par rapport à la valve COREVALVE REVALVING SYSTEM de génération précédente</t>
   </si>
   <si>
     <t>10/01/2012 00:00:00</t>
   </si>
   <si>
     <t>18/01/2012 11:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1146614/fr/corevalve-10-janvier-2012-4087-avis</t>
   </si>
   <si>
     <t>c_1146614</t>
   </si>
   <si>
     <t>Medtronic France SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention des infections liées aux cathéters veineux périphériques</t>
   </si>
   <si>
     <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
   </si>
   <si>
     <t>c_272482</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
@@ -351,51 +372,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -466,595 +487,661 @@
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
-[...65 lines deleted...]
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>46</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>47</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="I3" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="I5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H6" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="I6" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="H7" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="I7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="I2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="J2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="K2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I3" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="J3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="K3" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>