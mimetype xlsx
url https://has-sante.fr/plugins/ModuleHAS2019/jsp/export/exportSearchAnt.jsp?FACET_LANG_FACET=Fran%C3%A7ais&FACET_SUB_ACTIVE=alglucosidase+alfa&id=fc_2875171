--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,267 +1,991 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>MYOZYME (alpha-alglucosidase)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Pompe</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/04/2024 09:10:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983670/en/myozyme-alpha-alglucosidase</t>
+    <t>08/08/2016 13:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>c_2659919</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 août 2025</t>
+  </si>
+  <si>
+    <t>20/08/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640905/fr/commission-de-la-transparence-reunion-du-27-aout-2025</t>
+  </si>
+  <si>
+    <t>p_3640905</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29  septembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494782/fr/college-deliberatif-du-29-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494782</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 février 2024</t>
+  </si>
+  <si>
+    <t>07/02/2024 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493692/fr/commission-de-la-transparence-reunion-du-14-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493692</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 5 octobre 2023</t>
+  </si>
+  <si>
+    <t>14/12/2023 15:49:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479147/fr/pv-du-college-deliberatif-du-5-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3479147</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 27 juillet 2023</t>
+  </si>
+  <si>
+    <t>19/10/2023 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468846/fr/pv-du-college-deliberatif-du-27-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3468846</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0201/DC/SEM du 4 septembre 2025 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité NEXVIADYME (avalglucosidase alfa)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité NEXVIADYME (avalglucosidase alfa) dans l'indication « traitement des patients adultes et pédiatriques atteints de la maladie de Pompe (déficit en α-glucosidase acide) en cas d’échec à l’alglucosidase alfa ».</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/09/2025 13:52:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644541/fr/decision-n2025-0201/dc/sem-du-4-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-nexviadyme-avalglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>p_3644541</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0298/DC/SEM du 24 octobre 2024 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité NEXVIADYME (avalglucosidase alfa)</t>
+  </si>
+  <si>
+    <t>24/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554747/fr/decision-n2024-0298/dc/sem-du-24-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-nexviadyme-avalglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>p_3554747</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0376/DC/SEM du 5 octobre 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité NEXVIADYME</t>
+  </si>
+  <si>
+    <t>05/10/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>12/10/2023 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467378/fr/decision-n2023-0376/dc/sem-du-5-octobre-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-nexviadyme</t>
+  </si>
+  <si>
+    <t>p_3467378</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0296/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité OPFOLDA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée aux spécialités POMBILITI (cipaglucosidase alfa) et OPFOLDA (miglustat) dans l'indication « POMBILITI (cipaglucosidase alfa) en association avec OPFOLDA (miglustat) est indiqué dans le traitement à long terme des patients adultes atteints de la forme tardive de la maladie de Pompe (déficit en α-glucosidase acide [GAA]) en cas d’échec à un traitement enzymatique substitutif ».</t>
+  </si>
+  <si>
+    <t>27/07/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456850/fr/decision-n2023-0296/dc/sem-du-27-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-opfolda</t>
+  </si>
+  <si>
+    <t>p_3456850</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0297/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité POMBILITI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456857/fr/decision-n2023-0297/dc/sem-du-27-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-pombiliti</t>
+  </si>
+  <si>
+    <t>p_3456857</t>
+  </si>
+  <si>
+    <t>Décision n 2022.0330/DC/SEM du 29 septembre 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité NEXVIADYME</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité NEXVIADYME (avalglucosidase alfa) dans l'indication « traitement des patients adultes et pédiatriques atteints de la maladie de Pompe (déficit en α-glucosidase acide) en cas d’échec à l’alglucosidase alfa ».</t>
+  </si>
+  <si>
+    <t>29/09/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:48:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374102/fr/decision-n-2022-0330/dc/sem-du-29-septembre-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-nexviadyme</t>
+  </si>
+  <si>
+    <t>p_3374102</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MYOZYME (alglucosidase alfa)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:10:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983670/fr/myozyme-alglucosidase-alfa</t>
   </si>
   <si>
     <t>pprd_2983670</t>
   </si>
   <si>
     <t>alglucosidase alfa</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_446700/en/myozyme</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498146/en/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
+    <t>https://www.has-sante.fr/jcms/c_446700/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967981/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359745/fr/myozyme-alpha-alglucosidase-enzyme-recombinante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754216/fr/myozyme-alpha-alglucosidase-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301137/fr/myozyme-alglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498146/fr/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>78</v>
+      </c>
+      <c r="J1" t="s">
+        <v>79</v>
+      </c>
+      <c r="K1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>