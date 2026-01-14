--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,251 +1,1559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="170">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>14/03/2018 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834595/fr/commission-de-la-transparence-reunion-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834595</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 avril 2009</t>
+  </si>
+  <si>
+    <t>29/04/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779225/fr/commission-de-la-transparence-reunion-du-29-avril-2009</t>
+  </si>
+  <si>
+    <t>c_779225</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZYLORIC (allopurinol)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984069/fr/zyloric-allopurinol</t>
+  </si>
+  <si>
+    <t>pprd_2984069</t>
+  </si>
+  <si>
+    <t>allopurinol</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400753/fr/zyloric-allopurinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997502/fr/zyloric-allopurinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655929/fr/zyloric-allopurinol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>86</v>
+      </c>
+      <c r="H16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>91</v>
+      </c>
+      <c r="H17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>96</v>
+      </c>
+      <c r="H18" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>100</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>101</v>
+      </c>
+      <c r="H19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>105</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>111</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" t="s">
+        <v>121</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>122</v>
+      </c>
+      <c r="H23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>127</v>
+      </c>
+      <c r="H24" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" t="s">
+        <v>131</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H2" t="s">
+        <v>151</v>
+      </c>
+      <c r="I2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H3" t="s">
+        <v>156</v>
+      </c>
+      <c r="I3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>157</v>
+      </c>
+      <c r="J1" t="s">
+        <v>158</v>
+      </c>
+      <c r="K1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I2" t="s">
+        <v>165</v>
+      </c>
+      <c r="J2" t="s">
+        <v>166</v>
+      </c>
+      <c r="K2" t="s">
+        <v>167</v>
+      </c>
+      <c r="L2" t="s">
+        <v>168</v>
+      </c>
+      <c r="M2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>