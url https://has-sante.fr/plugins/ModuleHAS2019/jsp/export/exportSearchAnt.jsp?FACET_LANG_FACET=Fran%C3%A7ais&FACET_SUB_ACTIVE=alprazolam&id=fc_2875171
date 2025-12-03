--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,178 +1,559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="145">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>01/31/2025 14:44:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_556489/en/long-term-psychiatric-conditions-severe-anxiety-disorders</t>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Arrêt des benzodiazépines et médicaments apparentés : démarche du médecin traitant en ambulatoire</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo concerne la démarche du médecin traitant lors de l’arrêt des benzodiazépines (BZD) et médicaments apparentés en ambulatoire. Elle a pour objectif d’aider à réduire les prescriptions au long cours de BZD dans l'anxiété et l'insomnie, du fait d'un rapport bénéfice/risque défavorable. Au-delà de 28 jours, l’efficacité est incertaine, les risques d’effets délétères augmentent (somnolence diurne, troubles de la mémoire, démence, chutes, accidents, etc.) ainsi que celui de dépendance. Elle est dans la continuité des travaux déjà engagés par la HAS depuis 2012 en partenariat avec la DGS (Direction générale de la santé) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) pour lutter contre la surconsommation et le mésusage des BZD.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/fr/arret-des-benzodiazepines-et-medicaments-apparentes-demarche-du-medecin-traitant-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles anxieux graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556489/fr/ald-n-23-troubles-anxieux-graves</t>
   </si>
   <si>
     <t>c_556489</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...17 lines deleted...]
-    <t>c_2038262</t>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Quelle place pour les benzodiazépines dans l’anxiété ?</t>
+  </si>
+  <si>
+    <t>Les benzodiazépines ne doivent pas être banalisées: elles sont efficaces sur une courte période, elles ne traitent pas les causes de l’anxiétémais ses symptômes, elles sont responsables de nombreux effets indésirables aux conséquences parfois graves. Les traitements non médicamenteux proposés dans l’anxiété doivent précéder la prescription de benzodiazépines. Leur utilisation doit respecter : la dose minimum utile, une durée brève d’utilisation qui ne doit pas excéder 12 semaines, l’information au patient sur les conditions du traitement, les effets indésirables, les précautions à respecter, les modalités d’arrêt et la réévaluation programmée de son intérêt, l’anticipation de la réévaluation de la situation du patient et des modalités de fin de traitement dès la première prescription. L’arrêt d’un traitement prolongé par benzodiazépines doit toujours être envisagé. Sa mise en œuvre doit être progressive.</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863043/fr/quelle-place-pour-les-benzodiazepines-dans-l-anxiete</t>
+  </si>
+  <si>
+    <t>c_2863043</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ALPRAZOLAM (alprazolam)</t>
+  </si>
+  <si>
+    <t>24/07/2020 09:09:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984264/fr/alprazolam-alprazolam</t>
+  </si>
+  <si>
+    <t>pprd_2984264</t>
+  </si>
+  <si>
+    <t>alprazolam</t>
+  </si>
+  <si>
+    <t>MYLAN SAS / ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587343/fr/alprazolam-mylan-alprazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195770/fr/alprazolam-arrow-lab-alprazolam</t>
+  </si>
+  <si>
+    <t>XANAX (alprazolam)</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983967/fr/xanax-alprazolam</t>
+  </si>
+  <si>
+    <t>pprd_2983967</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487050/fr/xanax-alprazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281705/fr/xanax-alprazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042184/fr/xanax-alprazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671746/fr/xanax-alprazolam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +569,806 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>114</v>
+      </c>
+      <c r="H2" t="s">
+        <v>115</v>
+      </c>
+      <c r="I2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J1" t="s">
+        <v>125</v>
+      </c>
+      <c r="K1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I2" t="s">
+        <v>132</v>
+      </c>
+      <c r="J2" t="s">
+        <v>133</v>
+      </c>
+      <c r="K2" t="s">
+        <v>134</v>
+      </c>
+      <c r="L2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>132</v>
+      </c>
+      <c r="J3" t="s">
+        <v>140</v>
+      </c>
+      <c r="K3" t="s">
+        <v>141</v>
+      </c>
+      <c r="L3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M3" t="s">
+        <v>143</v>
+      </c>
+      <c r="N3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>