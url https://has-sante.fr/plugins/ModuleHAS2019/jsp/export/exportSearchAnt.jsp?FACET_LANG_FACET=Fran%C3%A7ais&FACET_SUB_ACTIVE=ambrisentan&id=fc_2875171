--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,255 +1,1067 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>VOLIBRIS (ambrisentan), antihypertenseur</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/23/2022 16:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983683/en/volibris-ambrisentan-antihypertenseur</t>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 Novembre 2022</t>
+  </si>
+  <si>
+    <t>07/11/2022 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383193/fr/commission-de-la-transparence-reunion-du-09-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3383193</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2016.0067/AC/SEM du 23 novembre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité UPTRAVI (selexipag)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité UPTRAVI (selexipag) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte sont : * En association thérapeutique chez les patients adultes : * insuffisamment contrôlés par une monothérapie par antagoniste des récepteurs de l'endothéline (ARE) ou par inhibiteur de la phosphodiestérase de type 5 (IPDE-5), pour une hypertension artérielle pulmonaire en classe fonctionnelle II ou III, * insuffisamment contrôlés par une bithérapie ARE/IPDE-5, pour une HTAP en classe fonctionnelle II, * En monothérapie chez les patients adultes atteints d’HTAP en classe fonctionnelle II ou III, qui ne peuvent pas être traités par ARE ou IPDE-5. Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>23/11/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 15:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727395/fr/avis-n-2016-0067/ac/sem-du-23-novembre-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-uptravi-selexipag</t>
+  </si>
+  <si>
+    <t>c_2727395</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0009/AC/SEM du 5 mars 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités ADEMPAS (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché des spécialités ADEMPAS qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les patients avec une hypertension artérielle pulmonaire en monothérapie ou en association aux antagonistes de l’endothéline, chez les patients en classe fonctionnelle II et III (classification OMS) pour améliorer la capacité à l’effort. Pour cette indication, en monothérapie, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de la sécurité sociale ; ces alternatives sont mentionnées en annexe du présent avis. Pour cette indication, en association avec les antagonistes de l’endothéline, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>05/03/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>04/04/2014 16:58:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1734852/fr/avis-n-2014-0009/ac/sem-du-5-mars-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-adempas-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1734852</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VOLIBRIS (ambrisentan)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983683/fr/volibris-ambrisentan</t>
   </si>
   <si>
     <t>pprd_2983683</t>
   </si>
   <si>
     <t>ambrisentan</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_684166/en/volibris</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3389416/en/volibris-ambrisentan-hypertension-arterielle-pulmonaire</t>
+    <t>https://www.has-sante.fr/jcms/c_684166/fr/volibris-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024121/fr/volibris-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751870/fr/volibris-ambrisentan-antihypertenseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389416/fr/volibris-ambrisentan-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>AMBRISENTAN (ambrisentan)</t>
+  </si>
+  <si>
+    <t>29/06/2020 14:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143074/fr/ambrisentan-ambrisentan</t>
+  </si>
+  <si>
+    <t>p_3143074</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / EG LABO - LABORATOIRES EUROGENERICS / REDDY PHARMA SAS / MYLAN SAS / TEVA SANTE / OHRE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135595/fr/ambrisentan-accord-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159933/fr/ambrisentan-eg-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169251/fr/ambrisentan-reddy-pharma-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184674/fr/ambrisentan-mylan-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191481/fr/ambrisentan-ohre-pharma-ambrisentan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" t="s">
+        <v>54</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J3" t="s">
+        <v>94</v>
+      </c>
+      <c r="K3" t="s">
+        <v>95</v>
+      </c>
+      <c r="L3" t="s">
+        <v>96</v>
+      </c>
+      <c r="M3" t="s">
+        <v>97</v>
+      </c>
+      <c r="N3" t="s">
+        <v>98</v>
+      </c>
+      <c r="O3" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>