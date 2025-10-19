--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,255 +1,791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SOLIAN (amisulpride)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983771/en/solian-amisulpride</t>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983771/fr/solian-amisulpride</t>
   </si>
   <si>
     <t>pprd_2983771</t>
   </si>
   <si>
     <t>amisulpride</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399516/en/solian-amisulpride</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2733866/en/solian-amisulpride</t>
+    <t>https://www.has-sante.fr/jcms/c_399516/fr/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574621/fr/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241692/fr/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733866/fr/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>