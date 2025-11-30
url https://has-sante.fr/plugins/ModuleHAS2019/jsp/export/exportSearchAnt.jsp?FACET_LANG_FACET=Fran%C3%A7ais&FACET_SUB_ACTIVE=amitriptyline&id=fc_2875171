--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,877 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="411" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>07/03/2024 14:30:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...422 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Prise en charge du patient présentant une lombalgie commune</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...17 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
   </si>
   <si>
     <t>c_2598252</t>
-  </si>
-[...67 lines deleted...]
-    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -885,1396 +297,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>39</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>56</v>
-[...15 lines deleted...]
-      <c r="E10" t="s">
         <v>59</v>
-      </c>
-[...1086 lines deleted...]
-        <v>250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>