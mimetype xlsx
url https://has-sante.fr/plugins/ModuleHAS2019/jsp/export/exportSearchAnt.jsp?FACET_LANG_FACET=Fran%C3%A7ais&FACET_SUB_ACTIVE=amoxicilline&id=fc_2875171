--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,607 +1,2293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="718">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage des infections à Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>Au regard des nouvelles données épidémiologiques, des problématiques entourant le dépistage de l’infection à Ct (populations ciblées, fréquence, structures, nouveaux tests diagnostiques, professionnels impliqués) et des questions concernant de la mise en œuvre du dépistage depuis 2003, la HAS réévalue la stratégie de dépistage des infections à Ct, à la demande de la Direction générale de la santé (DGS)</t>
+  </si>
+  <si>
+    <t>12/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>c_2879401</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_665169</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+  </si>
+  <si>
+    <t>c_272118</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Normal childbirth: support of physiology and medical interventions</t>
-[...188 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658265/fr/college-deliberatif-du-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3658265</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 14 mars 2024</t>
+  </si>
+  <si>
+    <t>16/05/2024 12:41:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517822/fr/pv-college-deliberatif-du-14-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3517822</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 décembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494853/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494853</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 30/01/2024</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478213/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-30/01/2024</t>
+  </si>
+  <si>
+    <t>p_3478213</t>
+  </si>
+  <si>
+    <t>15/12/2022 18:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396172/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3396172</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 17/12/2013</t>
+  </si>
+  <si>
+    <t>17/12/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715122/fr/commission-recommandations-de-bonne-pratique-reunion-du-17/12/2013</t>
+  </si>
+  <si>
+    <t>c_1715122</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025. 0210/DC/MNS du 11 septembre 2025 du collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie.</t>
+  </si>
+  <si>
+    <t>11/09/2025 16:59:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:11:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658488/fr/decision-n-2025-0210/dc/mns-du-11-septembre-2025-du-college-de-la-haute-autorite-de-sante-relative-au-dereferencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3658488</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0471/DC/MNS du 15 décembre 2022 du collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie, situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>20/12/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398562/fr/decision-n2022-0471/dc/mns-du-15-decembre-2022-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3398562</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Visite académique</t>
+  </si>
+  <si>
+    <t>Les points clés OÙ mettre en œuvre ? Dans le secteur libéral. de QUOI s’agit-il ? Transmettre des messages éducatifs, préventifs, de dépistage ou de prise en charge des patients, en vue d’améliorer les pratiques, par un contact individuel, essentiellement lors d’un échange au cabinet médical, 6 à 8 fois/an. QUI peut le faire ? Un individu ou une équipe ou une maison médicale.</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436536/fr/visite-academique</t>
+  </si>
+  <si>
+    <t>c_436536</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AUGMENTIN (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>10/02/2022 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983319/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2983319</t>
+  </si>
+  <si>
+    <t>amoxicilline / acide clavulanique</t>
+  </si>
+  <si>
+    <t>Laboratoire DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398830/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399528/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399990/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486289/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046826/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623465/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847886/fr/augmentin-adultes-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316330/fr/augmentin-adultes-augmentin-500-mg/50-mg-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>CLAMOXYL (amoxicilline)</t>
+  </si>
+  <si>
+    <t>24/09/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984142/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>pprd_2984142</t>
+  </si>
+  <si>
+    <t>amoxicilline</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398868/fr/clamoxyl-1g-comprime-dispersible-boite-de-3-et-de-6-clamoxyl-1g-poudre-pour-suspension-buvable-en-sachet-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458646/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241677/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624075/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624081/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287341/fr/clamoxyl-500mg-1g-amoxicilline-sodique</t>
+  </si>
+  <si>
+    <t>AMOXICILLINE (amoxicilline/ amoxicilline trihydratée/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982899/fr/amoxicilline-amoxicilline/-amoxicilline-trihydratee/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2982899</t>
+  </si>
+  <si>
+    <t>amoxicilline trihydratée,amoxicilline sodique,potassium (clavulanate de)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ BIOGARAN/ PAHPHARMA/ TEVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400847/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455061/fr/amoxicilline-teva-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874861/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034294/fr/amoxicilline-acide-clavulanique-panpharma-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563024/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899634/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>CIBLOR (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>17/01/2007 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985473/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2985473</t>
+  </si>
+  <si>
+    <t>amoxicilline,acide clavulanique</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398865/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486284/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>BRISTAMOX - HICONCIL (amoxicilline trihydratée)</t>
+  </si>
+  <si>
+    <t>18/10/2006 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985531/fr/bristamox-hiconcil-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2985531</t>
+  </si>
+  <si>
+    <t>amoxicilline trihydratée</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398843/fr/bristamox-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455157/fr/bristamox-hiconcil-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Bases de données sur les médicaments ayant reçu un agrément HAS</t>
+  </si>
+  <si>
+    <t>Liste des bases de données sur les médicaments ayant reçu un agrément HAS.</t>
+  </si>
+  <si>
+    <t>20/11/2021 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790851/fr/bases-de-donnees-sur-les-medicaments-ayant-recu-un-agrement-has</t>
+  </si>
+  <si>
+    <t>c_2790851</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -623,789 +2309,4063 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>649</v>
+      </c>
+      <c r="J1" t="s">
+        <v>650</v>
+      </c>
+      <c r="K1" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>652</v>
+      </c>
+      <c r="B2" t="s">
+        <v>653</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>654</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>655</v>
+      </c>
+      <c r="H2" t="s">
+        <v>656</v>
+      </c>
+      <c r="I2" t="s">
+        <v>657</v>
+      </c>
+      <c r="J2" t="s">
+        <v>658</v>
+      </c>
+      <c r="K2" t="s">
+        <v>659</v>
+      </c>
+      <c r="L2" t="s">
+        <v>660</v>
+      </c>
+      <c r="M2" t="s">
+        <v>661</v>
+      </c>
+      <c r="N2" t="s">
+        <v>662</v>
+      </c>
+      <c r="O2" t="s">
+        <v>663</v>
+      </c>
+      <c r="P2" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>665</v>
+      </c>
+      <c r="R2" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B3" t="s">
+        <v>667</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>668</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>669</v>
+      </c>
+      <c r="H3" t="s">
+        <v>670</v>
+      </c>
+      <c r="I3" t="s">
+        <v>671</v>
+      </c>
+      <c r="J3" t="s">
+        <v>672</v>
+      </c>
+      <c r="K3" t="s">
+        <v>673</v>
+      </c>
+      <c r="L3" t="s">
+        <v>674</v>
+      </c>
+      <c r="M3" t="s">
+        <v>675</v>
+      </c>
+      <c r="N3" t="s">
+        <v>676</v>
+      </c>
+      <c r="O3" t="s">
+        <v>677</v>
+      </c>
+      <c r="P3" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>652</v>
+      </c>
+      <c r="B4" t="s">
+        <v>679</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>680</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>681</v>
+      </c>
+      <c r="H4" t="s">
+        <v>682</v>
+      </c>
+      <c r="I4" t="s">
+        <v>683</v>
+      </c>
+      <c r="J4" t="s">
+        <v>684</v>
+      </c>
+      <c r="K4" t="s">
+        <v>685</v>
+      </c>
+      <c r="L4" t="s">
+        <v>686</v>
+      </c>
+      <c r="M4" t="s">
+        <v>687</v>
+      </c>
+      <c r="N4" t="s">
+        <v>688</v>
+      </c>
+      <c r="O4" t="s">
+        <v>689</v>
+      </c>
+      <c r="P4" t="s">
+        <v>690</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>652</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>691</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>692</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>693</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>694</v>
+      </c>
+      <c r="I5" t="s">
+        <v>695</v>
+      </c>
+      <c r="J5" t="s">
+        <v>696</v>
+      </c>
+      <c r="K5" t="s">
+        <v>697</v>
+      </c>
+      <c r="L5" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>652</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>699</v>
       </c>
       <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>700</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>701</v>
+      </c>
+      <c r="H6" t="s">
+        <v>702</v>
+      </c>
+      <c r="I6" t="s">
+        <v>703</v>
+      </c>
+      <c r="J6" t="s">
+        <v>704</v>
+      </c>
+      <c r="K6" t="s">
+        <v>705</v>
+      </c>
+      <c r="L6" t="s">
+        <v>706</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>707</v>
+      </c>
+      <c r="B2" t="s">
+        <v>708</v>
+      </c>
+      <c r="C2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>710</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>711</v>
+      </c>
+      <c r="H2" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>707</v>
+      </c>
+      <c r="B3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C3" t="s">
+        <v>714</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>715</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>716</v>
+      </c>
+      <c r="H3" t="s">
+        <v>717</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H55"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>28</v>
       </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>74</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="D19" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>93</v>
       </c>
       <c r="H19" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
       <c r="C20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D20" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>96</v>
       </c>
-      <c r="D20" t="s">
+      <c r="H20" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B21" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" t="s">
+        <v>31</v>
+      </c>
+      <c r="E21" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>100</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B22" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" t="s">
+        <v>36</v>
+      </c>
+      <c r="E22" t="s">
+        <v>103</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>104</v>
+      </c>
+      <c r="H22" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C23" t="s">
-        <v>112</v>
+        <v>30</v>
       </c>
       <c r="D23" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="E24" t="s">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="C25" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="D25" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
       <c r="E25" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="C26" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="D26" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="E26" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="H26" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" t="s">
         <v>123</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="E27" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="H27" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
       <c r="E28" t="s">
-        <v>145</v>
+        <v>128</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
       <c r="H28" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="D29" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="E29" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>152</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>153</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="C30" t="s">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="E30" t="s">
-        <v>157</v>
+        <v>140</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="H30" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C31" t="s">
+        <v>144</v>
+      </c>
+      <c r="D31" t="s">
+        <v>145</v>
+      </c>
+      <c r="E31" t="s">
+        <v>146</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>147</v>
+      </c>
+      <c r="H31" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" t="s">
+        <v>30</v>
+      </c>
+      <c r="D32" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" t="s">
+        <v>103</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>151</v>
+      </c>
+      <c r="H32" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>28</v>
+      </c>
+      <c r="B33" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E33" t="s">
+        <v>74</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>154</v>
+      </c>
+      <c r="H33" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" t="s">
+        <v>156</v>
+      </c>
+      <c r="C34" t="s">
+        <v>30</v>
+      </c>
+      <c r="D34" t="s">
+        <v>36</v>
+      </c>
+      <c r="E34" t="s">
+        <v>74</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>157</v>
+      </c>
+      <c r="H34" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" t="s">
         <v>160</v>
       </c>
+      <c r="D35" t="s">
+        <v>161</v>
+      </c>
+      <c r="E35" t="s">
+        <v>162</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>163</v>
+      </c>
+      <c r="H35" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
+        <v>165</v>
+      </c>
+      <c r="C36" t="s">
+        <v>166</v>
+      </c>
+      <c r="D36" t="s">
+        <v>167</v>
+      </c>
+      <c r="E36" t="s">
+        <v>168</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>169</v>
+      </c>
+      <c r="H36" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>171</v>
+      </c>
+      <c r="C37" t="s">
+        <v>172</v>
+      </c>
+      <c r="D37" t="s">
+        <v>173</v>
+      </c>
+      <c r="E37" t="s">
+        <v>174</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>175</v>
+      </c>
+      <c r="H37" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" t="s">
+        <v>178</v>
+      </c>
+      <c r="D38" t="s">
+        <v>179</v>
+      </c>
+      <c r="E38" t="s">
+        <v>180</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>181</v>
+      </c>
+      <c r="H38" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>28</v>
+      </c>
+      <c r="B39" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" t="s">
+        <v>185</v>
+      </c>
+      <c r="E39" t="s">
+        <v>186</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>187</v>
+      </c>
+      <c r="H39" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>28</v>
+      </c>
+      <c r="B40" t="s">
+        <v>189</v>
+      </c>
+      <c r="C40" t="s">
+        <v>190</v>
+      </c>
+      <c r="D40" t="s">
+        <v>191</v>
+      </c>
+      <c r="E40" t="s">
+        <v>192</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>193</v>
+      </c>
+      <c r="H40" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" t="s">
+        <v>196</v>
+      </c>
+      <c r="D41" t="s">
+        <v>197</v>
+      </c>
+      <c r="E41" t="s">
+        <v>198</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>199</v>
+      </c>
+      <c r="H41" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>28</v>
+      </c>
+      <c r="B42" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" t="s">
+        <v>202</v>
+      </c>
+      <c r="D42" t="s">
+        <v>203</v>
+      </c>
+      <c r="E42" t="s">
+        <v>204</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>205</v>
+      </c>
+      <c r="H42" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>28</v>
+      </c>
+      <c r="B43" t="s">
+        <v>207</v>
+      </c>
+      <c r="C43" t="s">
+        <v>208</v>
+      </c>
+      <c r="D43" t="s">
+        <v>209</v>
+      </c>
+      <c r="E43" t="s">
+        <v>210</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>211</v>
+      </c>
+      <c r="H43" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>28</v>
+      </c>
+      <c r="B44" t="s">
+        <v>213</v>
+      </c>
+      <c r="C44" t="s">
+        <v>214</v>
+      </c>
+      <c r="D44" t="s">
+        <v>215</v>
+      </c>
+      <c r="E44" t="s">
+        <v>216</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>217</v>
+      </c>
+      <c r="H44" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>28</v>
+      </c>
+      <c r="B45" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45" t="s">
+        <v>220</v>
+      </c>
+      <c r="D45" t="s">
+        <v>221</v>
+      </c>
+      <c r="E45" t="s">
+        <v>222</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>223</v>
+      </c>
+      <c r="H45" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>28</v>
+      </c>
+      <c r="B46" t="s">
+        <v>225</v>
+      </c>
+      <c r="C46" t="s">
+        <v>226</v>
+      </c>
+      <c r="D46" t="s">
+        <v>227</v>
+      </c>
+      <c r="E46" t="s">
+        <v>228</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>229</v>
+      </c>
+      <c r="H46" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>28</v>
+      </c>
+      <c r="B47" t="s">
+        <v>231</v>
+      </c>
+      <c r="C47" t="s">
+        <v>232</v>
+      </c>
+      <c r="D47" t="s">
+        <v>227</v>
+      </c>
+      <c r="E47" t="s">
+        <v>233</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>234</v>
+      </c>
+      <c r="H47" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>28</v>
+      </c>
+      <c r="B48" t="s">
+        <v>236</v>
+      </c>
+      <c r="C48" t="s">
+        <v>237</v>
+      </c>
+      <c r="D48" t="s">
+        <v>238</v>
+      </c>
+      <c r="E48" t="s">
+        <v>239</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>240</v>
+      </c>
+      <c r="H48" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B49" t="s">
+        <v>242</v>
+      </c>
+      <c r="C49" t="s">
+        <v>243</v>
+      </c>
+      <c r="D49" t="s">
+        <v>244</v>
+      </c>
+      <c r="E49" t="s">
+        <v>245</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>246</v>
+      </c>
+      <c r="H49" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>28</v>
+      </c>
+      <c r="B50" t="s">
+        <v>248</v>
+      </c>
+      <c r="C50" t="s">
+        <v>249</v>
+      </c>
+      <c r="D50" t="s">
+        <v>250</v>
+      </c>
+      <c r="E50" t="s">
+        <v>250</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>251</v>
+      </c>
+      <c r="H50" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>28</v>
+      </c>
+      <c r="B51" t="s">
+        <v>253</v>
+      </c>
+      <c r="C51" t="s">
+        <v>254</v>
+      </c>
+      <c r="D51" t="s">
+        <v>255</v>
+      </c>
+      <c r="E51" t="s">
+        <v>255</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>256</v>
+      </c>
+      <c r="H51" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>28</v>
+      </c>
+      <c r="B52" t="s">
+        <v>258</v>
+      </c>
+      <c r="C52" t="s">
+        <v>259</v>
+      </c>
+      <c r="D52" t="s">
+        <v>260</v>
+      </c>
+      <c r="E52" t="s">
+        <v>261</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>262</v>
+      </c>
+      <c r="H52" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>28</v>
+      </c>
+      <c r="B53" t="s">
+        <v>264</v>
+      </c>
+      <c r="C53" t="s">
+        <v>265</v>
+      </c>
+      <c r="D53" t="s">
+        <v>266</v>
+      </c>
+      <c r="E53" t="s">
+        <v>267</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>268</v>
+      </c>
+      <c r="H53" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>28</v>
+      </c>
+      <c r="B54" t="s">
+        <v>270</v>
+      </c>
+      <c r="C54" t="s">
+        <v>271</v>
+      </c>
+      <c r="D54" t="s">
+        <v>272</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>274</v>
+      </c>
+      <c r="H54" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>28</v>
+      </c>
+      <c r="B55" t="s">
+        <v>276</v>
+      </c>
+      <c r="C55" t="s">
+        <v>277</v>
+      </c>
+      <c r="D55" t="s">
+        <v>278</v>
+      </c>
+      <c r="E55" t="s">
+        <v>279</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>280</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>282</v>
+      </c>
+      <c r="B2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C2" t="s">
+        <v>284</v>
+      </c>
+      <c r="D2" t="s">
+        <v>285</v>
+      </c>
+      <c r="E2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>287</v>
+      </c>
+      <c r="H2" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D3" t="s">
+        <v>118</v>
+      </c>
+      <c r="E3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>292</v>
+      </c>
+      <c r="H3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C4" t="s">
+        <v>295</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>296</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>297</v>
+      </c>
+      <c r="H4" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B5" t="s">
+        <v>299</v>
+      </c>
+      <c r="C5" t="s">
+        <v>300</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>301</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>302</v>
+      </c>
+      <c r="H5" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>282</v>
+      </c>
+      <c r="B6" t="s">
+        <v>304</v>
+      </c>
+      <c r="C6" t="s">
+        <v>305</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>306</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>307</v>
+      </c>
+      <c r="H6" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>282</v>
+      </c>
+      <c r="B7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C7" t="s">
+        <v>310</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>311</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>312</v>
+      </c>
+      <c r="H7" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>282</v>
+      </c>
+      <c r="B8" t="s">
+        <v>314</v>
+      </c>
+      <c r="C8" t="s">
+        <v>315</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>316</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>317</v>
+      </c>
+      <c r="H8" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>282</v>
+      </c>
+      <c r="B9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C9" t="s">
+        <v>320</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>321</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>322</v>
+      </c>
+      <c r="H9" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>282</v>
+      </c>
+      <c r="B10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>326</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>327</v>
+      </c>
+      <c r="H10" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>282</v>
+      </c>
+      <c r="B11" t="s">
+        <v>329</v>
+      </c>
+      <c r="C11" t="s">
+        <v>330</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>331</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>332</v>
+      </c>
+      <c r="H11" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>282</v>
+      </c>
+      <c r="B12" t="s">
+        <v>334</v>
+      </c>
+      <c r="C12" t="s">
+        <v>335</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>336</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>337</v>
+      </c>
+      <c r="H12" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>282</v>
+      </c>
+      <c r="B13" t="s">
+        <v>339</v>
+      </c>
+      <c r="C13" t="s">
+        <v>340</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>341</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>342</v>
+      </c>
+      <c r="H13" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>282</v>
+      </c>
+      <c r="B14" t="s">
+        <v>344</v>
+      </c>
+      <c r="C14" t="s">
+        <v>345</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>346</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>347</v>
+      </c>
+      <c r="H14" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>282</v>
+      </c>
+      <c r="B15" t="s">
+        <v>349</v>
+      </c>
+      <c r="C15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>351</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>352</v>
+      </c>
+      <c r="H15" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>282</v>
+      </c>
+      <c r="B16" t="s">
+        <v>354</v>
+      </c>
+      <c r="C16" t="s">
+        <v>355</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>356</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>357</v>
+      </c>
+      <c r="H16" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>282</v>
+      </c>
+      <c r="B17" t="s">
+        <v>359</v>
+      </c>
+      <c r="C17" t="s">
+        <v>360</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>361</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>362</v>
+      </c>
+      <c r="H17" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>282</v>
+      </c>
+      <c r="B18" t="s">
+        <v>364</v>
+      </c>
+      <c r="C18" t="s">
+        <v>365</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>366</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>367</v>
+      </c>
+      <c r="H18" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>282</v>
+      </c>
+      <c r="B19" t="s">
+        <v>369</v>
+      </c>
+      <c r="C19" t="s">
+        <v>370</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>371</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>372</v>
+      </c>
+      <c r="H19" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>282</v>
+      </c>
+      <c r="B20" t="s">
+        <v>374</v>
+      </c>
+      <c r="C20" t="s">
+        <v>375</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>376</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>377</v>
+      </c>
+      <c r="H20" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>282</v>
+      </c>
+      <c r="B21" t="s">
+        <v>379</v>
+      </c>
+      <c r="C21" t="s">
+        <v>380</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>381</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>382</v>
+      </c>
+      <c r="H21" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>282</v>
+      </c>
+      <c r="B22" t="s">
+        <v>384</v>
+      </c>
+      <c r="C22" t="s">
+        <v>385</v>
+      </c>
+      <c r="D22" t="s">
+        <v>386</v>
+      </c>
+      <c r="E22" t="s">
+        <v>387</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>388</v>
+      </c>
+      <c r="H22" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>282</v>
+      </c>
+      <c r="B23" t="s">
+        <v>390</v>
+      </c>
+      <c r="C23" t="s">
+        <v>391</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>392</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>393</v>
+      </c>
+      <c r="H23" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>282</v>
+      </c>
+      <c r="B24" t="s">
+        <v>395</v>
+      </c>
+      <c r="C24" t="s">
+        <v>396</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>397</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>398</v>
+      </c>
+      <c r="H24" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>282</v>
+      </c>
+      <c r="B25" t="s">
+        <v>400</v>
+      </c>
+      <c r="C25" t="s">
+        <v>401</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>402</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>403</v>
+      </c>
+      <c r="H25" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>282</v>
+      </c>
+      <c r="B26" t="s">
+        <v>405</v>
+      </c>
+      <c r="C26" t="s">
+        <v>406</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>407</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>408</v>
+      </c>
+      <c r="H26" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>282</v>
+      </c>
+      <c r="B27" t="s">
+        <v>410</v>
+      </c>
+      <c r="C27" t="s">
+        <v>411</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>412</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>413</v>
+      </c>
+      <c r="H27" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>282</v>
+      </c>
+      <c r="B28" t="s">
+        <v>415</v>
+      </c>
+      <c r="C28" t="s">
+        <v>416</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>417</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>418</v>
+      </c>
+      <c r="H28" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>282</v>
+      </c>
+      <c r="B29" t="s">
+        <v>420</v>
+      </c>
+      <c r="C29" t="s">
+        <v>421</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>422</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>423</v>
+      </c>
+      <c r="H29" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>282</v>
+      </c>
+      <c r="B30" t="s">
+        <v>425</v>
+      </c>
+      <c r="C30" t="s">
+        <v>426</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>427</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>428</v>
+      </c>
+      <c r="H30" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>282</v>
+      </c>
+      <c r="B31" t="s">
+        <v>430</v>
+      </c>
       <c r="C31" t="s">
-        <v>161</v>
+        <v>431</v>
       </c>
       <c r="D31" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>163</v>
+        <v>432</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>164</v>
+        <v>433</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>434</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>282</v>
+      </c>
+      <c r="B32" t="s">
+        <v>435</v>
+      </c>
+      <c r="C32" t="s">
+        <v>436</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>437</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>438</v>
+      </c>
+      <c r="H32" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>282</v>
+      </c>
+      <c r="B33" t="s">
+        <v>440</v>
+      </c>
+      <c r="C33" t="s">
+        <v>441</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>442</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>443</v>
+      </c>
+      <c r="H33" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>282</v>
+      </c>
+      <c r="B34" t="s">
+        <v>445</v>
+      </c>
+      <c r="C34" t="s">
+        <v>446</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>447</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>448</v>
+      </c>
+      <c r="H34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>282</v>
+      </c>
+      <c r="B35" t="s">
+        <v>450</v>
+      </c>
+      <c r="C35" t="s">
+        <v>451</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>452</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>453</v>
+      </c>
+      <c r="H35" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>282</v>
+      </c>
+      <c r="B36" t="s">
+        <v>455</v>
+      </c>
+      <c r="C36" t="s">
+        <v>456</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>457</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>458</v>
+      </c>
+      <c r="H36" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>282</v>
+      </c>
+      <c r="B37" t="s">
+        <v>460</v>
+      </c>
+      <c r="C37" t="s">
+        <v>461</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>462</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>463</v>
+      </c>
+      <c r="H37" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>282</v>
+      </c>
+      <c r="B38" t="s">
+        <v>465</v>
+      </c>
+      <c r="C38" t="s">
+        <v>466</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>467</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>468</v>
+      </c>
+      <c r="H38" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>282</v>
+      </c>
+      <c r="B39" t="s">
+        <v>470</v>
+      </c>
+      <c r="C39" t="s">
+        <v>471</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>472</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>473</v>
+      </c>
+      <c r="H39" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" t="s">
+        <v>475</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>476</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>477</v>
+      </c>
+      <c r="H40" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" t="s">
+        <v>479</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>476</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>480</v>
+      </c>
+      <c r="H41" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>482</v>
+      </c>
+      <c r="C42" t="s">
+        <v>483</v>
+      </c>
+      <c r="D42" t="s">
+        <v>484</v>
+      </c>
+      <c r="E42" t="s">
+        <v>485</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>486</v>
+      </c>
+      <c r="H42" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>488</v>
+      </c>
+      <c r="C43" t="s">
+        <v>489</v>
+      </c>
+      <c r="D43" t="s">
+        <v>490</v>
+      </c>
+      <c r="E43" t="s">
+        <v>491</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>492</v>
+      </c>
+      <c r="H43" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>494</v>
+      </c>
+      <c r="C44" t="s">
+        <v>495</v>
+      </c>
+      <c r="D44" t="s">
+        <v>490</v>
+      </c>
+      <c r="E44" t="s">
+        <v>496</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>497</v>
+      </c>
+      <c r="H44" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>282</v>
+      </c>
+      <c r="B45" t="s">
+        <v>499</v>
+      </c>
+      <c r="C45" t="s">
+        <v>500</v>
+      </c>
+      <c r="D45" t="s">
+        <v>490</v>
+      </c>
+      <c r="E45" t="s">
+        <v>501</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>502</v>
+      </c>
+      <c r="H45" t="s">
+        <v>503</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>504</v>
+      </c>
+      <c r="B2" t="s">
+        <v>505</v>
+      </c>
+      <c r="C2" t="s">
+        <v>506</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>507</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>508</v>
+      </c>
+      <c r="H2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C3" t="s">
+        <v>511</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>513</v>
+      </c>
+      <c r="H3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>504</v>
+      </c>
+      <c r="B4" t="s">
+        <v>515</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>516</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>517</v>
+      </c>
+      <c r="H4" t="s">
+        <v>518</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>519</v>
+      </c>
+      <c r="B2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C2" t="s">
+        <v>521</v>
+      </c>
+      <c r="D2" t="s">
+        <v>522</v>
+      </c>
+      <c r="E2" t="s">
+        <v>523</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>524</v>
+      </c>
+      <c r="H2" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C3" t="s">
+        <v>527</v>
+      </c>
+      <c r="D3" t="s">
+        <v>528</v>
+      </c>
+      <c r="E3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>530</v>
+      </c>
+      <c r="H3" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B4" t="s">
+        <v>532</v>
+      </c>
+      <c r="C4" t="s">
+        <v>533</v>
+      </c>
+      <c r="D4" t="s">
+        <v>534</v>
+      </c>
+      <c r="E4" t="s">
+        <v>535</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>536</v>
+      </c>
+      <c r="H4" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B5" t="s">
+        <v>538</v>
+      </c>
+      <c r="C5" t="s">
+        <v>539</v>
+      </c>
+      <c r="D5" t="s">
+        <v>540</v>
+      </c>
+      <c r="E5" t="s">
+        <v>541</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>542</v>
+      </c>
+      <c r="H5" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>519</v>
+      </c>
+      <c r="B6" t="s">
+        <v>544</v>
+      </c>
+      <c r="C6" t="s">
+        <v>545</v>
+      </c>
+      <c r="D6" t="s">
+        <v>546</v>
+      </c>
+      <c r="E6" t="s">
+        <v>547</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>548</v>
+      </c>
+      <c r="H6" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>519</v>
+      </c>
+      <c r="B7" t="s">
+        <v>550</v>
+      </c>
+      <c r="C7" t="s">
+        <v>551</v>
+      </c>
+      <c r="D7" t="s">
+        <v>552</v>
+      </c>
+      <c r="E7" t="s">
+        <v>553</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>554</v>
+      </c>
+      <c r="H7" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>519</v>
+      </c>
+      <c r="B8" t="s">
+        <v>556</v>
+      </c>
+      <c r="C8" t="s">
+        <v>557</v>
+      </c>
+      <c r="D8" t="s">
+        <v>558</v>
+      </c>
+      <c r="E8" t="s">
+        <v>559</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>560</v>
+      </c>
+      <c r="H8" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>519</v>
+      </c>
+      <c r="B9" t="s">
+        <v>562</v>
+      </c>
+      <c r="C9" t="s">
+        <v>563</v>
+      </c>
+      <c r="D9" t="s">
+        <v>564</v>
+      </c>
+      <c r="E9" t="s">
+        <v>565</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>566</v>
+      </c>
+      <c r="H9" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>519</v>
+      </c>
+      <c r="B10" t="s">
+        <v>568</v>
+      </c>
+      <c r="C10" t="s">
+        <v>569</v>
+      </c>
+      <c r="D10" t="s">
+        <v>570</v>
+      </c>
+      <c r="E10" t="s">
+        <v>571</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>572</v>
+      </c>
+      <c r="H10" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>519</v>
+      </c>
+      <c r="B11" t="s">
+        <v>574</v>
+      </c>
+      <c r="C11" t="s">
+        <v>575</v>
+      </c>
+      <c r="D11" t="s">
+        <v>576</v>
+      </c>
+      <c r="E11" t="s">
+        <v>577</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>578</v>
+      </c>
+      <c r="H11" t="s">
+        <v>579</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>581</v>
+      </c>
+      <c r="B2" t="s">
+        <v>582</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>583</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>584</v>
+      </c>
+      <c r="H2" t="s">
+        <v>585</v>
+      </c>
+      <c r="I2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>581</v>
+      </c>
+      <c r="B3" t="s">
+        <v>587</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>589</v>
+      </c>
+      <c r="H3" t="s">
+        <v>590</v>
+      </c>
+      <c r="I3" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B4" t="s">
+        <v>592</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>593</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>594</v>
+      </c>
+      <c r="H4" t="s">
+        <v>595</v>
+      </c>
+      <c r="I4" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>581</v>
+      </c>
+      <c r="B5" t="s">
+        <v>596</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>597</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>598</v>
+      </c>
+      <c r="H5" t="s">
+        <v>599</v>
+      </c>
+      <c r="I5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>581</v>
+      </c>
+      <c r="B6" t="s">
+        <v>600</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>601</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>602</v>
+      </c>
+      <c r="H6" t="s">
+        <v>603</v>
+      </c>
+      <c r="I6" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>581</v>
+      </c>
+      <c r="B7" t="s">
+        <v>596</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>604</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>605</v>
+      </c>
+      <c r="H7" t="s">
+        <v>606</v>
+      </c>
+      <c r="I7" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>581</v>
+      </c>
+      <c r="B8" t="s">
+        <v>607</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>608</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>609</v>
+      </c>
+      <c r="H8" t="s">
+        <v>610</v>
+      </c>
+      <c r="I8" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>581</v>
+      </c>
+      <c r="B9" t="s">
+        <v>611</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>612</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>613</v>
+      </c>
+      <c r="H9" t="s">
+        <v>614</v>
+      </c>
+      <c r="I9" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>581</v>
+      </c>
+      <c r="B10" t="s">
+        <v>615</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>616</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>617</v>
+      </c>
+      <c r="H10" t="s">
+        <v>618</v>
+      </c>
+      <c r="I10" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>581</v>
+      </c>
+      <c r="B11" t="s">
+        <v>619</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>620</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>621</v>
+      </c>
+      <c r="H11" t="s">
+        <v>622</v>
+      </c>
+      <c r="I11" t="s">
+        <v>591</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>623</v>
+      </c>
+      <c r="B2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C2" t="s">
+        <v>625</v>
+      </c>
+      <c r="D2" t="s">
+        <v>626</v>
+      </c>
+      <c r="E2" t="s">
+        <v>627</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>628</v>
+      </c>
+      <c r="H2" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C3" t="s">
+        <v>631</v>
+      </c>
+      <c r="D3" t="s">
+        <v>632</v>
+      </c>
+      <c r="E3" t="s">
+        <v>633</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>634</v>
+      </c>
+      <c r="H3" t="s">
+        <v>635</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>636</v>
+      </c>
+      <c r="B2" t="s">
+        <v>637</v>
+      </c>
+      <c r="C2" t="s">
+        <v>638</v>
+      </c>
+      <c r="D2" t="s">
+        <v>639</v>
+      </c>
+      <c r="E2" t="s">
+        <v>640</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>641</v>
+      </c>
+      <c r="H2" t="s">
+        <v>642</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>643</v>
+      </c>
+      <c r="B2" t="s">
+        <v>644</v>
+      </c>
+      <c r="C2" t="s">
+        <v>645</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>646</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>647</v>
+      </c>
+      <c r="H2" t="s">
+        <v>648</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>