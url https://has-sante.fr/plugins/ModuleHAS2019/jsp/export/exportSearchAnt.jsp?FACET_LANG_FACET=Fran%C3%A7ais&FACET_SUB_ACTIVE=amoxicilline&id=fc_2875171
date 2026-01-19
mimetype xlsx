--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,2293 +1,625 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>23/10/2018 10:01:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...734 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Prise en charge implanto-prothétique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
-  </si>
-[...412 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2309,4063 +641,815 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...218 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>652</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>691</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>692</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>693</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>694</v>
-[...11 lines deleted...]
-        <v>698</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>652</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>699</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>700</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>701</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>702</v>
-[...156 lines deleted...]
-      <c r="D2" t="s">
         <v>31</v>
-      </c>
-[...114 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
         <v>28</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
         <v>74</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="E17" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E19" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>93</v>
       </c>
       <c r="H19" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
       <c r="C20" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="D20" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="E20" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H20" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="E21" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
-        <v>36</v>
+        <v>107</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H22" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="D23" t="s">
-        <v>36</v>
+        <v>113</v>
       </c>
       <c r="E23" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="H23" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B25" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="D25" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="E25" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B26" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="E26" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H26" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B27" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="D27" t="s">
-        <v>118</v>
+        <v>138</v>
       </c>
       <c r="E27" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="H27" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="D28" t="s">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="H28" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="C29" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="D29" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="E29" t="s">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="H29" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="C30" t="s">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="D30" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="E30" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="H30" t="s">
-        <v>142</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>145</v>
+        <v>162</v>
       </c>
       <c r="E31" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="H31" t="s">
-        <v>148</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="B32" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="C32" t="s">
-        <v>30</v>
+        <v>167</v>
       </c>
       <c r="D32" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="E32" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="H32" t="s">
-        <v>152</v>
-[...110 lines deleted...]
-      <c r="B37" t="s">
         <v>171</v>
-      </c>
-[...2643 lines deleted...]
-        <v>648</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>