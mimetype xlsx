--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,625 +1,2299 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="720">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage des infections à Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>Au regard des nouvelles données épidémiologiques, des problématiques entourant le dépistage de l’infection à Ct (populations ciblées, fréquence, structures, nouveaux tests diagnostiques, professionnels impliqués) et des questions concernant de la mise en œuvre du dépistage depuis 2003, la HAS réévalue la stratégie de dépistage des infections à Ct, à la demande de la Direction générale de la santé (DGS)</t>
+  </si>
+  <si>
+    <t>12/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>c_2879401</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658265/fr/college-deliberatif-du-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3658265</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 14 mars 2024</t>
+  </si>
+  <si>
+    <t>16/05/2024 12:41:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517822/fr/pv-college-deliberatif-du-14-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3517822</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 décembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494853/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494853</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 30/01/2024</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478213/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-30/01/2024</t>
+  </si>
+  <si>
+    <t>p_3478213</t>
+  </si>
+  <si>
+    <t>15/12/2022 18:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396172/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3396172</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 17/12/2013</t>
+  </si>
+  <si>
+    <t>17/12/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715122/fr/commission-recommandations-de-bonne-pratique-reunion-du-17/12/2013</t>
+  </si>
+  <si>
+    <t>c_1715122</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025. 0210/DC/MNS du 11 septembre 2025 du collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie.</t>
+  </si>
+  <si>
+    <t>11/09/2025 16:59:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:11:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658488/fr/decision-n-2025-0210/dc/mns-du-11-septembre-2025-du-college-de-la-haute-autorite-de-sante-relative-au-dereferencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3658488</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0471/DC/MNS du 15 décembre 2022 du collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie, situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>20/12/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398562/fr/decision-n2022-0471/dc/mns-du-15-decembre-2022-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3398562</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Visite académique</t>
+  </si>
+  <si>
+    <t>Les points clés OÙ mettre en œuvre ? Dans le secteur libéral. de QUOI s’agit-il ? Transmettre des messages éducatifs, préventifs, de dépistage ou de prise en charge des patients, en vue d’améliorer les pratiques, par un contact individuel, essentiellement lors d’un échange au cabinet médical, 6 à 8 fois/an. QUI peut le faire ? Un individu ou une équipe ou une maison médicale.</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436536/fr/visite-academique</t>
+  </si>
+  <si>
+    <t>c_436536</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AUGMENTIN (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>10/02/2022 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983319/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2983319</t>
+  </si>
+  <si>
+    <t>amoxicilline / acide clavulanique</t>
+  </si>
+  <si>
+    <t>Laboratoire DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398830/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399528/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399990/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486289/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046826/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623465/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847886/fr/augmentin-adultes-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316330/fr/augmentin-adultes-augmentin-500-mg/50-mg-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>CLAMOXYL (amoxicilline)</t>
+  </si>
+  <si>
+    <t>24/09/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984142/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>pprd_2984142</t>
+  </si>
+  <si>
+    <t>amoxicilline</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398868/fr/clamoxyl-1g-comprime-dispersible-boite-de-3-et-de-6-clamoxyl-1g-poudre-pour-suspension-buvable-en-sachet-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458646/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241677/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624075/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624081/fr/clamoxyl-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287341/fr/clamoxyl-500mg-1g-amoxicilline-sodique</t>
+  </si>
+  <si>
+    <t>AMOXICILLINE (amoxicilline/ amoxicilline trihydratée/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982899/fr/amoxicilline-amoxicilline/-amoxicilline-trihydratee/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2982899</t>
+  </si>
+  <si>
+    <t>amoxicilline trihydratée,amoxicilline sodique,potassium (clavulanate de)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ BIOGARAN/ PAHPHARMA/ TEVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400847/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455061/fr/amoxicilline-teva-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874861/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034294/fr/amoxicilline-acide-clavulanique-panpharma-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563024/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899634/fr/amoxicilline-arrow-lab-amoxicilline</t>
+  </si>
+  <si>
+    <t>CIBLOR (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>17/01/2007 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985473/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2985473</t>
+  </si>
+  <si>
+    <t>amoxicilline,acide clavulanique</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398865/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486284/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>BRISTAMOX - HICONCIL (amoxicilline trihydratée)</t>
+  </si>
+  <si>
+    <t>18/10/2006 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985531/fr/bristamox-hiconcil-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2985531</t>
+  </si>
+  <si>
+    <t>amoxicilline trihydratée</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398843/fr/bristamox-amoxicilline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455157/fr/bristamox-hiconcil-amoxicilline-trihydratee</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Bases de données sur les médicaments ayant reçu un agrément HAS</t>
+  </si>
+  <si>
+    <t>Liste des bases de données sur les médicaments ayant reçu un agrément HAS.</t>
+  </si>
+  <si>
+    <t>20/11/2021 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790851/fr/bases-de-donnees-sur-les-medicaments-ayant-recu-un-agrement-has</t>
+  </si>
+  <si>
+    <t>c_2790851</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -641,815 +2315,4063 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>651</v>
+      </c>
+      <c r="J1" t="s">
+        <v>652</v>
+      </c>
+      <c r="K1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>654</v>
+      </c>
+      <c r="B2" t="s">
+        <v>655</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>656</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>657</v>
+      </c>
+      <c r="H2" t="s">
+        <v>658</v>
+      </c>
+      <c r="I2" t="s">
+        <v>659</v>
+      </c>
+      <c r="J2" t="s">
+        <v>660</v>
+      </c>
+      <c r="K2" t="s">
+        <v>661</v>
+      </c>
+      <c r="L2" t="s">
+        <v>662</v>
+      </c>
+      <c r="M2" t="s">
+        <v>663</v>
+      </c>
+      <c r="N2" t="s">
+        <v>664</v>
+      </c>
+      <c r="O2" t="s">
+        <v>665</v>
+      </c>
+      <c r="P2" t="s">
+        <v>666</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>667</v>
+      </c>
+      <c r="R2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>654</v>
+      </c>
+      <c r="B3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>671</v>
+      </c>
+      <c r="H3" t="s">
+        <v>672</v>
+      </c>
+      <c r="I3" t="s">
+        <v>673</v>
+      </c>
+      <c r="J3" t="s">
+        <v>674</v>
+      </c>
+      <c r="K3" t="s">
+        <v>675</v>
+      </c>
+      <c r="L3" t="s">
+        <v>676</v>
+      </c>
+      <c r="M3" t="s">
+        <v>677</v>
+      </c>
+      <c r="N3" t="s">
+        <v>678</v>
+      </c>
+      <c r="O3" t="s">
+        <v>679</v>
+      </c>
+      <c r="P3" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>654</v>
+      </c>
+      <c r="B4" t="s">
+        <v>681</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>682</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>683</v>
+      </c>
+      <c r="H4" t="s">
+        <v>684</v>
+      </c>
+      <c r="I4" t="s">
+        <v>685</v>
+      </c>
+      <c r="J4" t="s">
+        <v>686</v>
+      </c>
+      <c r="K4" t="s">
+        <v>687</v>
+      </c>
+      <c r="L4" t="s">
+        <v>688</v>
+      </c>
+      <c r="M4" t="s">
+        <v>689</v>
+      </c>
+      <c r="N4" t="s">
+        <v>690</v>
+      </c>
+      <c r="O4" t="s">
+        <v>691</v>
+      </c>
+      <c r="P4" t="s">
+        <v>692</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>654</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>693</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>694</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>695</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>696</v>
+      </c>
+      <c r="I5" t="s">
+        <v>697</v>
+      </c>
+      <c r="J5" t="s">
+        <v>698</v>
+      </c>
+      <c r="K5" t="s">
+        <v>699</v>
+      </c>
+      <c r="L5" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>654</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>701</v>
       </c>
       <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>702</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>703</v>
+      </c>
+      <c r="H6" t="s">
+        <v>704</v>
+      </c>
+      <c r="I6" t="s">
+        <v>705</v>
+      </c>
+      <c r="J6" t="s">
+        <v>706</v>
+      </c>
+      <c r="K6" t="s">
+        <v>707</v>
+      </c>
+      <c r="L6" t="s">
+        <v>708</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>709</v>
+      </c>
+      <c r="B2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>712</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>713</v>
+      </c>
+      <c r="H2" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>709</v>
+      </c>
+      <c r="B3" t="s">
+        <v>715</v>
+      </c>
+      <c r="C3" t="s">
+        <v>716</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>718</v>
+      </c>
+      <c r="H3" t="s">
+        <v>719</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>28</v>
       </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>110</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="D19" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="H20" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="C21" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="D21" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="H21" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="H22" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="D23" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="H25" t="s">
-        <v>129</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="C26" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D26" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>135</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>139</v>
+        <v>160</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="H27" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="D28" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="H28" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="D29" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>152</v>
+        <v>171</v>
       </c>
       <c r="H29" t="s">
-        <v>153</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="C30" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="D30" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="H30" t="s">
-        <v>159</v>
+        <v>177</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="C31" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="D31" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
       <c r="D32" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="H32" t="s">
-        <v>171</v>
+        <v>187</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>28</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>190</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>191</v>
+      </c>
+      <c r="H33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" t="s">
+        <v>193</v>
+      </c>
+      <c r="C34" t="s">
+        <v>194</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>195</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" t="s">
+        <v>199</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>200</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>201</v>
+      </c>
+      <c r="H35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
+        <v>203</v>
+      </c>
+      <c r="C36" t="s">
+        <v>204</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>205</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>206</v>
+      </c>
+      <c r="H36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>208</v>
+      </c>
+      <c r="C37" t="s">
+        <v>209</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>210</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>211</v>
+      </c>
+      <c r="H37" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>214</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>215</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>216</v>
+      </c>
+      <c r="H38" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>28</v>
+      </c>
+      <c r="B39" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>219</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>220</v>
+      </c>
+      <c r="H39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>28</v>
+      </c>
+      <c r="B40" t="s">
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>219</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>223</v>
+      </c>
+      <c r="H40" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" t="s">
+        <v>226</v>
+      </c>
+      <c r="D41" t="s">
+        <v>227</v>
+      </c>
+      <c r="E41" t="s">
+        <v>228</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>229</v>
+      </c>
+      <c r="H41" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>28</v>
+      </c>
+      <c r="B42" t="s">
+        <v>231</v>
+      </c>
+      <c r="C42" t="s">
+        <v>232</v>
+      </c>
+      <c r="D42" t="s">
+        <v>233</v>
+      </c>
+      <c r="E42" t="s">
+        <v>234</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>235</v>
+      </c>
+      <c r="H42" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>28</v>
+      </c>
+      <c r="B43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D43" t="s">
+        <v>233</v>
+      </c>
+      <c r="E43" t="s">
+        <v>239</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>240</v>
+      </c>
+      <c r="H43" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>28</v>
+      </c>
+      <c r="B44" t="s">
+        <v>242</v>
+      </c>
+      <c r="C44" t="s">
+        <v>243</v>
+      </c>
+      <c r="D44" t="s">
+        <v>233</v>
+      </c>
+      <c r="E44" t="s">
+        <v>244</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>245</v>
+      </c>
+      <c r="H44" t="s">
+        <v>246</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H55"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>252</v>
+      </c>
+      <c r="H2" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C3" t="s">
+        <v>249</v>
+      </c>
+      <c r="D3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D4" t="s">
+        <v>255</v>
+      </c>
+      <c r="E4" t="s">
+        <v>260</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>261</v>
+      </c>
+      <c r="H4" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C5" t="s">
+        <v>249</v>
+      </c>
+      <c r="D5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>264</v>
+      </c>
+      <c r="H5" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B6" t="s">
+        <v>266</v>
+      </c>
+      <c r="C6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D6" t="s">
+        <v>255</v>
+      </c>
+      <c r="E6" t="s">
+        <v>267</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>268</v>
+      </c>
+      <c r="H6" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B7" t="s">
+        <v>270</v>
+      </c>
+      <c r="C7" t="s">
+        <v>249</v>
+      </c>
+      <c r="D7" t="s">
+        <v>255</v>
+      </c>
+      <c r="E7" t="s">
+        <v>256</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>271</v>
+      </c>
+      <c r="H7" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>247</v>
+      </c>
+      <c r="B8" t="s">
+        <v>273</v>
+      </c>
+      <c r="C8" t="s">
+        <v>249</v>
+      </c>
+      <c r="D8" t="s">
+        <v>255</v>
+      </c>
+      <c r="E8" t="s">
+        <v>274</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>275</v>
+      </c>
+      <c r="H8" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>247</v>
+      </c>
+      <c r="B9" t="s">
+        <v>277</v>
+      </c>
+      <c r="C9" t="s">
+        <v>249</v>
+      </c>
+      <c r="D9" t="s">
+        <v>255</v>
+      </c>
+      <c r="E9" t="s">
+        <v>278</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>279</v>
+      </c>
+      <c r="H9" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>247</v>
+      </c>
+      <c r="B10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C10" t="s">
+        <v>249</v>
+      </c>
+      <c r="D10" t="s">
+        <v>255</v>
+      </c>
+      <c r="E10" t="s">
+        <v>267</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>282</v>
+      </c>
+      <c r="H10" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>247</v>
+      </c>
+      <c r="B11" t="s">
+        <v>284</v>
+      </c>
+      <c r="C11" t="s">
+        <v>249</v>
+      </c>
+      <c r="D11" t="s">
+        <v>255</v>
+      </c>
+      <c r="E11" t="s">
+        <v>285</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>286</v>
+      </c>
+      <c r="H11" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>247</v>
+      </c>
+      <c r="B12" t="s">
+        <v>288</v>
+      </c>
+      <c r="C12" t="s">
+        <v>249</v>
+      </c>
+      <c r="D12" t="s">
+        <v>255</v>
+      </c>
+      <c r="E12" t="s">
+        <v>285</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>289</v>
+      </c>
+      <c r="H12" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>247</v>
+      </c>
+      <c r="B13" t="s">
+        <v>291</v>
+      </c>
+      <c r="C13" t="s">
+        <v>292</v>
+      </c>
+      <c r="D13" t="s">
+        <v>250</v>
+      </c>
+      <c r="E13" t="s">
+        <v>293</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>294</v>
+      </c>
+      <c r="H13" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>247</v>
+      </c>
+      <c r="B14" t="s">
+        <v>296</v>
+      </c>
+      <c r="C14" t="s">
+        <v>249</v>
+      </c>
+      <c r="D14" t="s">
+        <v>255</v>
+      </c>
+      <c r="E14" t="s">
+        <v>293</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>297</v>
+      </c>
+      <c r="H14" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>247</v>
+      </c>
+      <c r="B15" t="s">
+        <v>299</v>
+      </c>
+      <c r="C15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D15" t="s">
+        <v>255</v>
+      </c>
+      <c r="E15" t="s">
+        <v>293</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>300</v>
+      </c>
+      <c r="H15" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>247</v>
+      </c>
+      <c r="B16" t="s">
+        <v>302</v>
+      </c>
+      <c r="C16" t="s">
+        <v>249</v>
+      </c>
+      <c r="D16" t="s">
+        <v>255</v>
+      </c>
+      <c r="E16" t="s">
+        <v>293</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>303</v>
+      </c>
+      <c r="H16" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>247</v>
+      </c>
+      <c r="B17" t="s">
+        <v>305</v>
+      </c>
+      <c r="C17" t="s">
+        <v>249</v>
+      </c>
+      <c r="D17" t="s">
+        <v>255</v>
+      </c>
+      <c r="E17" t="s">
+        <v>293</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>306</v>
+      </c>
+      <c r="H17" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>247</v>
+      </c>
+      <c r="B18" t="s">
+        <v>308</v>
+      </c>
+      <c r="C18" t="s">
+        <v>249</v>
+      </c>
+      <c r="D18" t="s">
+        <v>255</v>
+      </c>
+      <c r="E18" t="s">
+        <v>293</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>309</v>
+      </c>
+      <c r="H18" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>247</v>
+      </c>
+      <c r="B19" t="s">
+        <v>311</v>
+      </c>
+      <c r="C19" t="s">
+        <v>249</v>
+      </c>
+      <c r="D19" t="s">
+        <v>255</v>
+      </c>
+      <c r="E19" t="s">
+        <v>293</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>312</v>
+      </c>
+      <c r="H19" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>247</v>
+      </c>
+      <c r="B20" t="s">
+        <v>314</v>
+      </c>
+      <c r="C20" t="s">
+        <v>249</v>
+      </c>
+      <c r="D20" t="s">
+        <v>255</v>
+      </c>
+      <c r="E20" t="s">
+        <v>293</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>315</v>
+      </c>
+      <c r="H20" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>247</v>
+      </c>
+      <c r="B21" t="s">
+        <v>317</v>
+      </c>
+      <c r="C21" t="s">
+        <v>249</v>
+      </c>
+      <c r="D21" t="s">
+        <v>250</v>
+      </c>
+      <c r="E21" t="s">
+        <v>318</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>319</v>
+      </c>
+      <c r="H21" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>247</v>
+      </c>
+      <c r="B22" t="s">
+        <v>321</v>
+      </c>
+      <c r="C22" t="s">
+        <v>249</v>
+      </c>
+      <c r="D22" t="s">
+        <v>255</v>
+      </c>
+      <c r="E22" t="s">
+        <v>322</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>323</v>
+      </c>
+      <c r="H22" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>247</v>
+      </c>
+      <c r="B23" t="s">
+        <v>325</v>
+      </c>
+      <c r="C23" t="s">
+        <v>249</v>
+      </c>
+      <c r="D23" t="s">
+        <v>255</v>
+      </c>
+      <c r="E23" t="s">
+        <v>326</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>327</v>
+      </c>
+      <c r="H23" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>247</v>
+      </c>
+      <c r="B24" t="s">
+        <v>329</v>
+      </c>
+      <c r="C24" t="s">
+        <v>249</v>
+      </c>
+      <c r="D24" t="s">
+        <v>250</v>
+      </c>
+      <c r="E24" t="s">
+        <v>251</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>330</v>
+      </c>
+      <c r="H24" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>247</v>
+      </c>
+      <c r="B25" t="s">
+        <v>332</v>
+      </c>
+      <c r="C25" t="s">
+        <v>249</v>
+      </c>
+      <c r="D25" t="s">
+        <v>250</v>
+      </c>
+      <c r="E25" t="s">
+        <v>251</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>333</v>
+      </c>
+      <c r="H25" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>247</v>
+      </c>
+      <c r="B26" t="s">
+        <v>335</v>
+      </c>
+      <c r="C26" t="s">
+        <v>336</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>337</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>338</v>
+      </c>
+      <c r="H26" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>247</v>
+      </c>
+      <c r="B27" t="s">
+        <v>340</v>
+      </c>
+      <c r="C27" t="s">
+        <v>341</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>337</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>342</v>
+      </c>
+      <c r="H27" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>247</v>
+      </c>
+      <c r="B28" t="s">
+        <v>344</v>
+      </c>
+      <c r="C28" t="s">
+        <v>345</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>346</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>347</v>
+      </c>
+      <c r="H28" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>247</v>
+      </c>
+      <c r="B29" t="s">
+        <v>349</v>
+      </c>
+      <c r="C29" t="s">
+        <v>350</v>
+      </c>
+      <c r="D29" t="s">
+        <v>351</v>
+      </c>
+      <c r="E29" t="s">
+        <v>352</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>353</v>
+      </c>
+      <c r="H29" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>247</v>
+      </c>
+      <c r="B30" t="s">
+        <v>355</v>
+      </c>
+      <c r="C30" t="s">
+        <v>356</v>
+      </c>
+      <c r="D30" t="s">
+        <v>357</v>
+      </c>
+      <c r="E30" t="s">
+        <v>358</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>359</v>
+      </c>
+      <c r="H30" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>247</v>
+      </c>
+      <c r="B31" t="s">
+        <v>361</v>
+      </c>
+      <c r="C31" t="s">
+        <v>362</v>
+      </c>
+      <c r="D31" t="s">
+        <v>363</v>
+      </c>
+      <c r="E31" t="s">
+        <v>364</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>365</v>
+      </c>
+      <c r="H31" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>247</v>
+      </c>
+      <c r="B32" t="s">
+        <v>367</v>
+      </c>
+      <c r="C32" t="s">
+        <v>249</v>
+      </c>
+      <c r="D32" t="s">
+        <v>368</v>
+      </c>
+      <c r="E32" t="s">
+        <v>322</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>369</v>
+      </c>
+      <c r="H32" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>247</v>
+      </c>
+      <c r="B33" t="s">
+        <v>371</v>
+      </c>
+      <c r="C33" t="s">
+        <v>249</v>
+      </c>
+      <c r="D33" t="s">
+        <v>255</v>
+      </c>
+      <c r="E33" t="s">
+        <v>293</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>372</v>
+      </c>
+      <c r="H33" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>247</v>
+      </c>
+      <c r="B34" t="s">
+        <v>374</v>
+      </c>
+      <c r="C34" t="s">
+        <v>249</v>
+      </c>
+      <c r="D34" t="s">
+        <v>255</v>
+      </c>
+      <c r="E34" t="s">
+        <v>293</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>375</v>
+      </c>
+      <c r="H34" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" t="s">
+        <v>377</v>
+      </c>
+      <c r="C35" t="s">
+        <v>378</v>
+      </c>
+      <c r="D35" t="s">
+        <v>379</v>
+      </c>
+      <c r="E35" t="s">
+        <v>380</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>381</v>
+      </c>
+      <c r="H35" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>383</v>
+      </c>
+      <c r="C36" t="s">
+        <v>384</v>
+      </c>
+      <c r="D36" t="s">
+        <v>385</v>
+      </c>
+      <c r="E36" t="s">
+        <v>386</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>387</v>
+      </c>
+      <c r="H36" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>389</v>
+      </c>
+      <c r="C37" t="s">
+        <v>390</v>
+      </c>
+      <c r="D37" t="s">
+        <v>391</v>
+      </c>
+      <c r="E37" t="s">
+        <v>392</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>393</v>
+      </c>
+      <c r="H37" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>395</v>
+      </c>
+      <c r="C38" t="s">
+        <v>396</v>
+      </c>
+      <c r="D38" t="s">
+        <v>397</v>
+      </c>
+      <c r="E38" t="s">
+        <v>398</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>399</v>
+      </c>
+      <c r="H38" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>401</v>
+      </c>
+      <c r="C39" t="s">
+        <v>402</v>
+      </c>
+      <c r="D39" t="s">
+        <v>403</v>
+      </c>
+      <c r="E39" t="s">
+        <v>404</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>405</v>
+      </c>
+      <c r="H39" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>247</v>
+      </c>
+      <c r="B40" t="s">
+        <v>407</v>
+      </c>
+      <c r="C40" t="s">
+        <v>408</v>
+      </c>
+      <c r="D40" t="s">
+        <v>409</v>
+      </c>
+      <c r="E40" t="s">
+        <v>410</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>411</v>
+      </c>
+      <c r="H40" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>247</v>
+      </c>
+      <c r="B41" t="s">
+        <v>413</v>
+      </c>
+      <c r="C41" t="s">
+        <v>414</v>
+      </c>
+      <c r="D41" t="s">
+        <v>415</v>
+      </c>
+      <c r="E41" t="s">
+        <v>416</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>417</v>
+      </c>
+      <c r="H41" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>247</v>
+      </c>
+      <c r="B42" t="s">
+        <v>419</v>
+      </c>
+      <c r="C42" t="s">
+        <v>420</v>
+      </c>
+      <c r="D42" t="s">
+        <v>421</v>
+      </c>
+      <c r="E42" t="s">
+        <v>422</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>423</v>
+      </c>
+      <c r="H42" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>247</v>
+      </c>
+      <c r="B43" t="s">
+        <v>425</v>
+      </c>
+      <c r="C43" t="s">
+        <v>426</v>
+      </c>
+      <c r="D43" t="s">
+        <v>427</v>
+      </c>
+      <c r="E43" t="s">
+        <v>428</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>429</v>
+      </c>
+      <c r="H43" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>247</v>
+      </c>
+      <c r="B44" t="s">
+        <v>431</v>
+      </c>
+      <c r="C44" t="s">
+        <v>432</v>
+      </c>
+      <c r="D44" t="s">
+        <v>433</v>
+      </c>
+      <c r="E44" t="s">
+        <v>434</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>435</v>
+      </c>
+      <c r="H44" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B45" t="s">
+        <v>437</v>
+      </c>
+      <c r="C45" t="s">
+        <v>438</v>
+      </c>
+      <c r="D45" t="s">
+        <v>439</v>
+      </c>
+      <c r="E45" t="s">
+        <v>440</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>441</v>
+      </c>
+      <c r="H45" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>247</v>
+      </c>
+      <c r="B46" t="s">
+        <v>443</v>
+      </c>
+      <c r="C46" t="s">
+        <v>444</v>
+      </c>
+      <c r="D46" t="s">
+        <v>445</v>
+      </c>
+      <c r="E46" t="s">
+        <v>446</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>447</v>
+      </c>
+      <c r="H46" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>449</v>
+      </c>
+      <c r="C47" t="s">
+        <v>450</v>
+      </c>
+      <c r="D47" t="s">
+        <v>445</v>
+      </c>
+      <c r="E47" t="s">
+        <v>451</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>452</v>
+      </c>
+      <c r="H47" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48" t="s">
+        <v>454</v>
+      </c>
+      <c r="C48" t="s">
+        <v>455</v>
+      </c>
+      <c r="D48" t="s">
+        <v>456</v>
+      </c>
+      <c r="E48" t="s">
+        <v>457</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>458</v>
+      </c>
+      <c r="H48" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>247</v>
+      </c>
+      <c r="B49" t="s">
+        <v>460</v>
+      </c>
+      <c r="C49" t="s">
+        <v>461</v>
+      </c>
+      <c r="D49" t="s">
+        <v>462</v>
+      </c>
+      <c r="E49" t="s">
+        <v>463</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>464</v>
+      </c>
+      <c r="H49" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>247</v>
+      </c>
+      <c r="B50" t="s">
+        <v>466</v>
+      </c>
+      <c r="C50" t="s">
+        <v>467</v>
+      </c>
+      <c r="D50" t="s">
+        <v>468</v>
+      </c>
+      <c r="E50" t="s">
+        <v>468</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>469</v>
+      </c>
+      <c r="H50" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>247</v>
+      </c>
+      <c r="B51" t="s">
+        <v>471</v>
+      </c>
+      <c r="C51" t="s">
+        <v>472</v>
+      </c>
+      <c r="D51" t="s">
+        <v>473</v>
+      </c>
+      <c r="E51" t="s">
+        <v>473</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>474</v>
+      </c>
+      <c r="H51" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>247</v>
+      </c>
+      <c r="B52" t="s">
+        <v>476</v>
+      </c>
+      <c r="C52" t="s">
+        <v>477</v>
+      </c>
+      <c r="D52" t="s">
+        <v>478</v>
+      </c>
+      <c r="E52" t="s">
+        <v>479</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>480</v>
+      </c>
+      <c r="H52" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>247</v>
+      </c>
+      <c r="B53" t="s">
+        <v>482</v>
+      </c>
+      <c r="C53" t="s">
+        <v>483</v>
+      </c>
+      <c r="D53" t="s">
+        <v>484</v>
+      </c>
+      <c r="E53" t="s">
+        <v>485</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>486</v>
+      </c>
+      <c r="H53" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>247</v>
+      </c>
+      <c r="B54" t="s">
+        <v>488</v>
+      </c>
+      <c r="C54" t="s">
+        <v>489</v>
+      </c>
+      <c r="D54" t="s">
+        <v>490</v>
+      </c>
+      <c r="E54" t="s">
+        <v>491</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>492</v>
+      </c>
+      <c r="H54" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>247</v>
+      </c>
+      <c r="B55" t="s">
+        <v>494</v>
+      </c>
+      <c r="C55" t="s">
+        <v>495</v>
+      </c>
+      <c r="D55" t="s">
+        <v>496</v>
+      </c>
+      <c r="E55" t="s">
+        <v>497</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>498</v>
+      </c>
+      <c r="H55" t="s">
+        <v>499</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>500</v>
+      </c>
+      <c r="B2" t="s">
+        <v>501</v>
+      </c>
+      <c r="C2" t="s">
+        <v>502</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>504</v>
+      </c>
+      <c r="H2" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C3" t="s">
+        <v>507</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>509</v>
+      </c>
+      <c r="H3" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>500</v>
+      </c>
+      <c r="B4" t="s">
+        <v>511</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>512</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>513</v>
+      </c>
+      <c r="H4" t="s">
+        <v>514</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>515</v>
+      </c>
+      <c r="B2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C2" t="s">
+        <v>517</v>
+      </c>
+      <c r="D2" t="s">
+        <v>518</v>
+      </c>
+      <c r="E2" t="s">
+        <v>519</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>520</v>
+      </c>
+      <c r="H2" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B3" t="s">
+        <v>522</v>
+      </c>
+      <c r="C3" t="s">
+        <v>523</v>
+      </c>
+      <c r="D3" t="s">
+        <v>524</v>
+      </c>
+      <c r="E3" t="s">
+        <v>525</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>526</v>
+      </c>
+      <c r="H3" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B4" t="s">
+        <v>528</v>
+      </c>
+      <c r="C4" t="s">
+        <v>529</v>
+      </c>
+      <c r="D4" t="s">
+        <v>530</v>
+      </c>
+      <c r="E4" t="s">
+        <v>531</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>532</v>
+      </c>
+      <c r="H4" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>515</v>
+      </c>
+      <c r="B5" t="s">
+        <v>534</v>
+      </c>
+      <c r="C5" t="s">
+        <v>535</v>
+      </c>
+      <c r="D5" t="s">
+        <v>536</v>
+      </c>
+      <c r="E5" t="s">
+        <v>537</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>538</v>
+      </c>
+      <c r="H5" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>515</v>
+      </c>
+      <c r="B6" t="s">
+        <v>540</v>
+      </c>
+      <c r="C6" t="s">
+        <v>541</v>
+      </c>
+      <c r="D6" t="s">
+        <v>542</v>
+      </c>
+      <c r="E6" t="s">
+        <v>543</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>544</v>
+      </c>
+      <c r="H6" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>515</v>
+      </c>
+      <c r="B7" t="s">
+        <v>546</v>
+      </c>
+      <c r="C7" t="s">
+        <v>547</v>
+      </c>
+      <c r="D7" t="s">
+        <v>548</v>
+      </c>
+      <c r="E7" t="s">
+        <v>549</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>550</v>
+      </c>
+      <c r="H7" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>515</v>
+      </c>
+      <c r="B8" t="s">
+        <v>552</v>
+      </c>
+      <c r="C8" t="s">
+        <v>553</v>
+      </c>
+      <c r="D8" t="s">
+        <v>554</v>
+      </c>
+      <c r="E8" t="s">
+        <v>555</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>556</v>
+      </c>
+      <c r="H8" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>515</v>
+      </c>
+      <c r="B9" t="s">
+        <v>558</v>
+      </c>
+      <c r="C9" t="s">
+        <v>559</v>
+      </c>
+      <c r="D9" t="s">
+        <v>560</v>
+      </c>
+      <c r="E9" t="s">
+        <v>561</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>562</v>
+      </c>
+      <c r="H9" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>515</v>
+      </c>
+      <c r="B10" t="s">
+        <v>564</v>
+      </c>
+      <c r="C10" t="s">
+        <v>565</v>
+      </c>
+      <c r="D10" t="s">
+        <v>566</v>
+      </c>
+      <c r="E10" t="s">
+        <v>567</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>568</v>
+      </c>
+      <c r="H10" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>515</v>
+      </c>
+      <c r="B11" t="s">
+        <v>570</v>
+      </c>
+      <c r="C11" t="s">
+        <v>571</v>
+      </c>
+      <c r="D11" t="s">
+        <v>572</v>
+      </c>
+      <c r="E11" t="s">
+        <v>573</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>574</v>
+      </c>
+      <c r="H11" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>515</v>
+      </c>
+      <c r="B12" t="s">
+        <v>576</v>
+      </c>
+      <c r="C12" t="s">
+        <v>577</v>
+      </c>
+      <c r="D12" t="s">
+        <v>578</v>
+      </c>
+      <c r="E12" t="s">
+        <v>579</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>580</v>
+      </c>
+      <c r="H12" t="s">
+        <v>581</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>585</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>586</v>
+      </c>
+      <c r="H2" t="s">
+        <v>587</v>
+      </c>
+      <c r="I2" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>591</v>
+      </c>
+      <c r="H3" t="s">
+        <v>592</v>
+      </c>
+      <c r="I3" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>583</v>
+      </c>
+      <c r="B4" t="s">
+        <v>594</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>595</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>596</v>
+      </c>
+      <c r="H4" t="s">
+        <v>597</v>
+      </c>
+      <c r="I4" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>583</v>
+      </c>
+      <c r="B5" t="s">
+        <v>598</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>600</v>
+      </c>
+      <c r="H5" t="s">
+        <v>601</v>
+      </c>
+      <c r="I5" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>583</v>
+      </c>
+      <c r="B6" t="s">
+        <v>602</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>603</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>604</v>
+      </c>
+      <c r="H6" t="s">
+        <v>605</v>
+      </c>
+      <c r="I6" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>583</v>
+      </c>
+      <c r="B7" t="s">
+        <v>598</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>606</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>607</v>
+      </c>
+      <c r="H7" t="s">
+        <v>608</v>
+      </c>
+      <c r="I7" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>583</v>
+      </c>
+      <c r="B8" t="s">
+        <v>609</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>611</v>
+      </c>
+      <c r="H8" t="s">
+        <v>612</v>
+      </c>
+      <c r="I8" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>583</v>
+      </c>
+      <c r="B9" t="s">
+        <v>613</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>614</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>615</v>
+      </c>
+      <c r="H9" t="s">
+        <v>616</v>
+      </c>
+      <c r="I9" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>583</v>
+      </c>
+      <c r="B10" t="s">
+        <v>617</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>618</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>619</v>
+      </c>
+      <c r="H10" t="s">
+        <v>620</v>
+      </c>
+      <c r="I10" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>583</v>
+      </c>
+      <c r="B11" t="s">
+        <v>621</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>622</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>623</v>
+      </c>
+      <c r="H11" t="s">
+        <v>624</v>
+      </c>
+      <c r="I11" t="s">
+        <v>593</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>625</v>
+      </c>
+      <c r="B2" t="s">
+        <v>626</v>
+      </c>
+      <c r="C2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D2" t="s">
+        <v>628</v>
+      </c>
+      <c r="E2" t="s">
+        <v>629</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>630</v>
+      </c>
+      <c r="H2" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B3" t="s">
+        <v>632</v>
+      </c>
+      <c r="C3" t="s">
+        <v>633</v>
+      </c>
+      <c r="D3" t="s">
+        <v>634</v>
+      </c>
+      <c r="E3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>636</v>
+      </c>
+      <c r="H3" t="s">
+        <v>637</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>638</v>
+      </c>
+      <c r="B2" t="s">
+        <v>639</v>
+      </c>
+      <c r="C2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D2" t="s">
+        <v>641</v>
+      </c>
+      <c r="E2" t="s">
+        <v>642</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>643</v>
+      </c>
+      <c r="H2" t="s">
+        <v>644</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>645</v>
+      </c>
+      <c r="B2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C2" t="s">
+        <v>647</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>648</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>649</v>
+      </c>
+      <c r="H2" t="s">
+        <v>650</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>