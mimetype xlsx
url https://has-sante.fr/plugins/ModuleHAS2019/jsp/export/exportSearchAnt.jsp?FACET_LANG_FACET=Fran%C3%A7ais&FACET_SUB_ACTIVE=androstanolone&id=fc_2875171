--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ANDRACTIM (androstanolone)</t>
   </si>