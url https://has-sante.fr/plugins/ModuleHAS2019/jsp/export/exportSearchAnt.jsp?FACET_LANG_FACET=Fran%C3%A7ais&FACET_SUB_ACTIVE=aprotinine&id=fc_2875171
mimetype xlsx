--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,283 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="129">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 6 avril 2022</t>
+  </si>
+  <si>
+    <t>29/03/2022 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326987/fr/commission-de-la-transparence-reunion-du-6-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3326987</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 1 décembre 2021</t>
+  </si>
+  <si>
+    <t>25/11/2021 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301479/fr/commission-de-la-transparence-reunion-a-distance-du-1-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3301479</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 29 septembre 2021</t>
+  </si>
+  <si>
+    <t>23/09/2021 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287808/fr/commission-de-la-transparence-reunion-a-distance-du-29-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3287808</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 10 mars 2021</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240964/fr/commission-de-la-transparence-reunion-a-distance-du-10-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3240964</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 janvier 2021</t>
+  </si>
+  <si>
+    <t>04/01/2021 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227973/fr/commission-de-la-transparence-reunion-a-distance-du-6-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3227973</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2011</t>
+  </si>
+  <si>
+    <t>20/07/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072988/fr/commission-de-la-transparence-reunion-du-20-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1072988</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>04/14/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>14/04/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983747/en/trasylol-aprotinine-antihemorragique</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+  </si>
+  <si>
+    <t>TRASYLOL</t>
+  </si>
+  <si>
+    <t>07/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983747/fr/trasylol</t>
   </si>
   <si>
     <t>pprd_2983747</t>
   </si>
   <si>
     <t>aprotinine</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2743853/en/trasylol-aprotinin-antihaemorrhagic</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315458/en/trasylol-aprotinine</t>
+    <t>https://www.has-sante.fr/jcms/c_2743853/fr/trasylol-aprotinine-antihemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315458/fr/trasylol-aprotinine</t>
   </si>
   <si>
     <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
   </si>
   <si>
-    <t>05/29/2017 15:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>pprd_2983612</t>
   </si>
   <si>
     <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
   </si>
   <si>
     <t>BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769387/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
+    <t>https://www.has-sante.fr/jcms/c_2769387/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/fr/tisseel-solution-congelee-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -317,272 +542,807 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8" t="s">
+        <v>80</v>
+      </c>
+      <c r="I8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>82</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9" t="s">
+        <v>84</v>
+      </c>
+      <c r="I9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>86</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" t="s">
+        <v>88</v>
+      </c>
+      <c r="I10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>90</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11" t="s">
+        <v>92</v>
+      </c>
+      <c r="I11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12" t="s">
+        <v>96</v>
+      </c>
+      <c r="I12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13" t="s">
+        <v>100</v>
+      </c>
+      <c r="I13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="J1" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="K1" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
+        <v>109</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>115</v>
       </c>
       <c r="H3" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="I3" t="s">
-        <v>44</v>
+        <v>117</v>
       </c>
       <c r="J3" t="s">
-        <v>45</v>
+        <v>118</v>
       </c>
       <c r="K3" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="L3" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>121</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>50</v>
+        <v>123</v>
       </c>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="I4" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="J4" t="s">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="K4" t="s">
-        <v>54</v>
+        <v>127</v>
       </c>
       <c r="L4" t="s">
-        <v>55</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>