--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,199 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3117675/en/ragwizax-extrait-allergenique-standardise-d-ambroisie-a-feuille-d-armoise-ambr</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 août 2023</t>
+  </si>
+  <si>
+    <t>25/08/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458179/fr/commission-de-la-transparence-reunion-du-30-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3458179</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 3 novembre 2021</t>
+  </si>
+  <si>
+    <t>27/10/2021 18:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295346/fr/commission-de-la-transparence-reunion-du-3-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3295346</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2019</t>
+  </si>
+  <si>
+    <t>28/08/2019 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098828/fr/commission-de-la-transparence-reunion-du-4-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3098828</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ce guide vise à aider les établissements pour concevoir le programme d'amélioration de la qualité et de la sécurité des soins, en assurer la mise en œuvre et le suivi. Il est conçu sur la base de constats et d’orientations pragmatiques : volonté de convergence méthodologique des divers dispositifs existants, vision systémique de la démarche structurée selon trois fonctions étroitement liées (pilotage, coordination, mise en œuvre opérationnelle), proposition d’outils rapidement maîtrisables, si possible d’inspiration clinique, utilisables pour la prise de décision dans chacune de ces fonctions.</t>
+  </si>
+  <si>
+    <t>12/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239410/fr/mettre-en-oeuvre-la-gestion-des-risques-associes-aux-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_1239410</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RAGWIZAX (extrait allergénique standardisé d’ambroisie à feuille d’armoise (Ambrosia artemisiifolia))</t>
+  </si>
+  <si>
+    <t>11/09/2023 11:51:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117675/fr/ragwizax-extrait-allergenique-standardise-d-ambroisie-a-feuille-d-armoise-ambrosia-artemisiifolia</t>
   </si>
   <si>
     <t>p_3117675</t>
   </si>
   <si>
     <t>extrait allergénique standardisé d’ambroisie à feuille d’armoise (Ambrosia artemisiifolia)</t>
   </si>
   <si>
     <t>S.A. ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3117090/en/ragwizax-extrait-allergenique-standardise-d-ambroisie-a-feuille-d-armoise-ambr</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459841/en/ragwizax-extrait-allergenique-de-pollen-d-ambroisie-a-feuilles-d-armoise-allergie</t>
+    <t>https://www.has-sante.fr/jcms/p_3117090/fr/ragwizax-extrait-allergenique-standardise-d-ambroisie-a-feuille-d-armoise-ambr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302613/fr/ragwizax-12-sq-amb-extrait-allergenique-de-pollen-d-ambroisie-a-feuilles-d-armoise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459841/fr/ragwizax-extrait-allergenique-de-pollen-d-ambroisie-a-feuilles-d-armoise-allergie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -207,133 +330,442 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>