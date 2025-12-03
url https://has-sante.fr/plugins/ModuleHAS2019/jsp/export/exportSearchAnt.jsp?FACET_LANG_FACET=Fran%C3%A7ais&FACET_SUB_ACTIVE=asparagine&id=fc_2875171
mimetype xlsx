--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,197 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +213,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>