--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,92 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="200">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Atrial fibrillation</t>
   </si>
   <si>
     <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
   </si>
   <si>
     <t>10/12/2023 00:00:00</t>
   </si>
   <si>
     <t>10/17/2023 15:45:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
     <t>Coronary artery disease</t>
   </si>
   <si>
     <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
   </si>
   <si>
     <t>04/15/2021 00:00:00</t>
   </si>
   <si>
     <t>04/20/2021 09:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
@@ -638,51 +659,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -698,821 +719,847 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H14" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H21" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>133</v>
       </c>
       <c r="C23" t="s">
         <v>134</v>
       </c>
       <c r="D23" t="s">
         <v>135</v>
       </c>
       <c r="E23" t="s">
         <v>136</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>137</v>
       </c>
       <c r="H23" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="D30" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>186</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>188</v>
       </c>
       <c r="D32" t="s">
         <v>189</v>
       </c>
       <c r="E32" t="s">
         <v>190</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>191</v>
       </c>
       <c r="H32" t="s">
         <v>192</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>193</v>
+      </c>
+      <c r="B33" t="s">
+        <v>194</v>
+      </c>
+      <c r="C33" t="s">
+        <v>195</v>
+      </c>
+      <c r="D33" t="s">
+        <v>196</v>
+      </c>
+      <c r="E33" t="s">
+        <v>197</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
+      <c r="H33" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>