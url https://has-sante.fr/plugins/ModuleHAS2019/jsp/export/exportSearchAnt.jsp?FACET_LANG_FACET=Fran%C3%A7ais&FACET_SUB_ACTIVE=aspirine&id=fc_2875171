--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,709 +1,6703 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3951" uniqueCount="2185">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1735034</t>
+  </si>
+  <si>
+    <t>Méthodes quantitatives pour évaluer les interventions visant à améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à présenter les différentes caractéristiques méthodologiques d’une étude d’intervention destinée à améliorer la qualité des soins, et les différentes étapes de sa réalisation. Ce guide constitue avant tout un cadre de référence pour les chercheurs. Il vise à soutenir le développement actuel de la recherche sur les systèmes de santé, soutenue notamment par les appels à projets de recherche de la HAS, de la CNAMTS, de la DHOS (appel à projet PrEQHos). Il est une aide aux décideurs et professionnels de santé appelés à expertiser les projets de recherche portant sur une évaluation d’intervention. Ce guide constitue également un document de référence pour la lecture critique utile aux professionnels de terrain. Il fait cependant référence à des concepts, méthodes et outils complexes qui ne sont pas développés, et qui peuvent nécessiter l’aide de méthodologistes. Nous espérons cependant qu’à sa lecture, le professionnel de santé soit sensibilisé à l’importance de l’évaluation rigoureuse d’une intervention innovante, qui conditionnera peut-être sa pratique de demain.</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_597750/fr/methodes-quantitatives-pour-evaluer-les-interventions-visant-a-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>c_597750</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>1 MINUTE POUR MON COEUR</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:44:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
+  </si>
+  <si>
+    <t>p_3604459</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>NEW CARD</t>
+  </si>
+  <si>
+    <t>LAMBRE</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546394/fr/lambre</t>
+  </si>
+  <si>
+    <t>p_3546394</t>
+  </si>
+  <si>
+    <t>Dispositif de fermeture transcutanée de l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>DiMedCare SAS (France)</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'OCCLUSION POUR FOP COCOON</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455702/fr/dispositif-d-occlusion-pour-fop-cocoon</t>
+  </si>
+  <si>
+    <t>p_3455702</t>
+  </si>
+  <si>
+    <t>Implant de fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>SMT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SEQUENT PLEASE NEO</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400568/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3400568</t>
+  </si>
+  <si>
+    <t>Ballon coronaire actif à libération de  paclitaxel</t>
+  </si>
+  <si>
+    <t>B.BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>VIVO ISAR</t>
+  </si>
+  <si>
+    <t>20/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403977/fr/vivo-isar</t>
+  </si>
+  <si>
+    <t>p_3403977</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA FRANCE</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET  LAAO</t>
+  </si>
+  <si>
+    <t>21/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357623/fr/amplatzer-amulet-laao</t>
+  </si>
+  <si>
+    <t>p_3357623</t>
+  </si>
+  <si>
+    <t>Dispositif de fermeture transcutanée de  l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>WATCHMAN FLX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357638/fr/watchman-flx</t>
+  </si>
+  <si>
+    <t>p_3357638</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>BIOFREEDOM</t>
+  </si>
+  <si>
+    <t>07/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2022 17:46:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344636/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>p_3344636</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>BIOSENSORS FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SYSTEME NEOVASC REDUCER</t>
+  </si>
+  <si>
+    <t>30/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2021 09:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303010/fr/systeme-neovasc-reducer</t>
+  </si>
+  <si>
+    <t>p_3303010</t>
+  </si>
+  <si>
+    <t>Endoprothèse de réduction du sinus coronaire</t>
+  </si>
+  <si>
+    <t>NEOVASC Inc</t>
+  </si>
+  <si>
+    <t>GORE CARDIOFORM</t>
+  </si>
+  <si>
+    <t>Fermeture du foramen ovale perméable (FOP) chez les patients âgés entre 16 et 60 ans, ayant eu un infarctus cérébral récent (= 6 mois) (ce délai sera prolongé si un enregistrement prolongé du rythme cardiaque est nécessaire), avec un FOP associé à un ASIA (&gt; 10mm) ou à un shunt droit-gauche &gt; 20 µbulles ou un diamètre = 2mm. Le FOP étant la cause la plus probable de l’infarctus cérébral après un bilan étiologique par un spécialiste neurovasculaire.</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 16:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302064/fr/gore-cardioform</t>
+  </si>
+  <si>
+    <t>p_3302064</t>
+  </si>
+  <si>
+    <t>Implant pour fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>WL GORE ET ASSOCIES SARL</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:02:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298819/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3298819</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>QUIKCLOT</t>
+  </si>
+  <si>
+    <t>En première intention pour la gestion locale des traumatismes avec une plaie hémorragique induisant des pertes de sang modérées à sévères en situation d’urgence pouvant engager le pronostic vital, telles que les lacérations, plaies chirurgicales (post-opératoires, dermatologiques etc.) et les lésions traumatiques. En première intention pour la gestion locale et le contrôle des pertes de sang non contrôlées provenant des zones d’accès vasculaires, des sondes ou des cathéters percutanés qui utilisent des gaines d’insertion jusqu’à 12 Fr ou jusqu’à 7 Fr, lors de situations d’urgence pouvant engager le pronostic vital des patients sous anticoagulant.</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298767/fr/quikclot</t>
+  </si>
+  <si>
+    <t>p_3298767</t>
+  </si>
+  <si>
+    <t>Pansement hémostatique à base de kaolin</t>
+  </si>
+  <si>
+    <t>Z-MEDICA</t>
+  </si>
+  <si>
+    <t>PANTERA LUX</t>
+  </si>
+  <si>
+    <t>Traitement de la première resténose clinique intra-stent nu (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère). Traitement de la première resténose clinique intra-stent actif (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère).</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287277/fr/pantera-lux</t>
+  </si>
+  <si>
+    <t>p_3287277</t>
+  </si>
+  <si>
+    <t>Ballon actif à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AGENT</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287783/fr/agent</t>
+  </si>
+  <si>
+    <t>p_3287783</t>
+  </si>
+  <si>
+    <t>XACT</t>
+  </si>
+  <si>
+    <t>Traitement des sténoses athéroscléreuses symptomatiques (&gt; 50 %) : si le chirurgien juge l’endartériectomie contre-indiquée pour des raisons techniques ou anatomiques ou si les conditions médicochirurgicales sont jugées à risque après discussion pluridisciplinaire avec notamment avis du chirurgien vasculaire et consultation neurologique. Pour les sténoses athéroscléreuses asymptomatiques (&gt;=60 %) XACT est exceptionnellement indiqué si une revascularisation est jugée nécessaire au terme d’une discussion pluridisciplinaire au cours de laquelle le chirurgien juge l’intervention contre-indiquée. Cette décision devrait prendre en compte le risque naturel d’évolution de la maladie sous traitement médical optimal. Traitement des sténoses radiques et post-chirurgicales.</t>
+  </si>
+  <si>
+    <t>17/09/2021 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285891/fr/xact</t>
+  </si>
+  <si>
+    <t>p_3285891</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>CGUARD CAROTID EMBOLIC PREVENTION SYSTEM (EPS)</t>
+  </si>
+  <si>
+    <t>11/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:49:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272089/fr/cguard-carotid-embolic-prevention-system-eps</t>
+  </si>
+  <si>
+    <t>p_3272089</t>
+  </si>
+  <si>
+    <t>InspireMD</t>
+  </si>
+  <si>
+    <t>SYNERGY</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267520/fr/synergy</t>
+  </si>
+  <si>
+    <t>p_3267520</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’évérolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>CASPER</t>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2021 15:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259535/fr/casper</t>
+  </si>
+  <si>
+    <t>p_3259535</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>XPRESS</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2020 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186718/fr/xpress</t>
+  </si>
+  <si>
+    <t>p_3186718</t>
+  </si>
+  <si>
+    <t>Dispositif à ballonnet de dilatation des sinus</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS / Entellus Medical</t>
+  </si>
+  <si>
+    <t>FIREHAWK</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146857/fr/firehawk</t>
+  </si>
+  <si>
+    <t>p_3146857</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MICROPORT CRM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>CRE8</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2020 17:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122217/fr/cre8</t>
+  </si>
+  <si>
+    <t>p_3122217</t>
+  </si>
+  <si>
+    <t>ALVIMEDICA MEDICAL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ROTAPRO</t>
+  </si>
+  <si>
+    <t>03/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 10:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135348/fr/rotapro</t>
+  </si>
+  <si>
+    <t>p_3135348</t>
+  </si>
+  <si>
+    <t>système d’athérectomie rotationnelle</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>12/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:51:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912400/fr/lambre</t>
+  </si>
+  <si>
+    <t>c_2912400</t>
+  </si>
+  <si>
+    <t>dispositif de fermeture transcutanée de l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>LIFETECH SCIENTIFIC (NETHERLANDS) B.V.</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909449/fr/firehawk</t>
+  </si>
+  <si>
+    <t>c_2909449</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>ELUNIR</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902384/fr/elunir</t>
+  </si>
+  <si>
+    <t>c_2902384</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de ridaforolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH FRANCE 506 SAS</t>
+  </si>
+  <si>
+    <t>YUKON CHROME PC</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902390/fr/yukon-chrome-pc</t>
+  </si>
+  <si>
+    <t>c_2902390</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA GmbH</t>
+  </si>
+  <si>
+    <t>YUKON CHOICE PC</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896009/fr/yukon-choice-pc</t>
+  </si>
+  <si>
+    <t>c_2896009</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>23/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 09:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882656/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2882656</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée d’everolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>ULTIMASTER</t>
+  </si>
+  <si>
+    <t>06/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2018 15:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830852/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2830852</t>
+  </si>
+  <si>
+    <t>Laboratoires TERUMO France SA</t>
+  </si>
+  <si>
+    <t>SAPIEN XT modèle 9300 TFX avec kit transfémoral Novaflex +</t>
+  </si>
+  <si>
+    <t>Valve pulmonaire implantée par voie veineuse transcutanée avec son cathéter d’insertion NOVAFLEX+</t>
+  </si>
+  <si>
+    <t>30/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2017 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777957/fr/sapien-xt-modele-9300-tfx-avec-kit-transfemoral-novaflex</t>
+  </si>
+  <si>
+    <t>c_2777957</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>18/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2017 16:42:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772238/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2772238</t>
+  </si>
+  <si>
+    <t>COROFLEX ISAR</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2017 08:33:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754728/fr/coroflex-isar</t>
+  </si>
+  <si>
+    <t>c_2754728</t>
+  </si>
+  <si>
+    <t>MAGMARIS</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif entièrement biorésorbable</t>
+  </si>
+  <si>
+    <t>31/03/2017 15:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752881/fr/magmaris</t>
+  </si>
+  <si>
+    <t>c_2752881</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne</t>
+  </si>
+  <si>
+    <t>24/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2017 17:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742818/fr/xact</t>
+  </si>
+  <si>
+    <t>c_2742818</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>RX ACCULINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742824/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_2742824</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2017 09:40:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735214/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>c_2735214</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>BIOMATRIX ALPHA</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2016 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727182/fr/biomatrix-alpha</t>
+  </si>
+  <si>
+    <t>c_2727182</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2016 13:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657488/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2657488</t>
+  </si>
+  <si>
+    <t>ABSORB</t>
+  </si>
+  <si>
+    <t>12/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590001/fr/absorb</t>
+  </si>
+  <si>
+    <t>c_2590001</t>
+  </si>
+  <si>
+    <t>WINGSPAN</t>
+  </si>
+  <si>
+    <t>Endoprothèse intracrânienne</t>
+  </si>
+  <si>
+    <t>01/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587620/fr/wingspan</t>
+  </si>
+  <si>
+    <t>c_2587620</t>
+  </si>
+  <si>
+    <t>STRYKER NEUROVASCULAR</t>
+  </si>
+  <si>
+    <t>COREVALVE AOA</t>
+  </si>
+  <si>
+    <t>Valve cardiaque aortique, origine animale</t>
+  </si>
+  <si>
+    <t>22/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571460/fr/corevalve-aoa</t>
+  </si>
+  <si>
+    <t>c_2571460</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>06/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2015 15:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563860/fr/watchman-flx</t>
+  </si>
+  <si>
+    <t>c_2563860</t>
+  </si>
+  <si>
+    <t>SILK+</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564373/fr/silk</t>
+  </si>
+  <si>
+    <t>c_2564373</t>
+  </si>
+  <si>
+    <t>BALT EXTRUSION</t>
+  </si>
+  <si>
+    <t>GO-ON</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2015 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
+  </si>
+  <si>
+    <t>c_2037487</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>EUFLEXXA B/1 et B/3</t>
+  </si>
+  <si>
+    <t>05/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034385/fr/euflexxa-b/1-et-b/3</t>
+  </si>
+  <si>
+    <t>c_2034385</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>MITRACLIP</t>
+  </si>
+  <si>
+    <t>Ce produit fait l'objet d'un avis d'efficience</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023888/fr/mitraclip</t>
+  </si>
+  <si>
+    <t>c_2023888</t>
+  </si>
+  <si>
+    <t>SURPASS</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024572/fr/surpass</t>
+  </si>
+  <si>
+    <t>c_2024572</t>
+  </si>
+  <si>
+    <t>STRYKER NEURO VASCULAR</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2015 14:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021476/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2021476</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>NOBORI</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012834/fr/nobori</t>
+  </si>
+  <si>
+    <t>c_2012834</t>
+  </si>
+  <si>
+    <t>TERUMO FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2014 18:10:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770297/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_1770297</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2014 17:13:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752088/fr/cre8</t>
+  </si>
+  <si>
+    <t>c_1752088</t>
+  </si>
+  <si>
+    <t>CID S.p.A.</t>
+  </si>
+  <si>
+    <t>WATCHMAN</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2014 10:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747094/fr/watchman</t>
+  </si>
+  <si>
+    <t>c_1747094</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726953/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_1726953</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>STENTYS BMS dit STENTYS Self-Apposing</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713060/fr/stentys-bms-dit-stentys-self-apposing</t>
+  </si>
+  <si>
+    <t>c_1713060</t>
+  </si>
+  <si>
+    <t>SOLITAIRE AB</t>
+  </si>
+  <si>
+    <t>25/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2013 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616485/fr/solitaire-ab</t>
+  </si>
+  <si>
+    <t>c_1616485</t>
+  </si>
+  <si>
+    <t>COVIDIEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>TRYTON SIDE BRANCH STENT, endoprothèse vasculaire coronaire pour les lésions de novo bifurquées des artères coronaires naturelles</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600574/fr/tryton-side-branch-stent-endoprothese-vasculaire-coronaire-pour-les-lesions-de-novo-bifurquees-des-arteres-coronaires-naturelles</t>
+  </si>
+  <si>
+    <t>c_1600574</t>
+  </si>
+  <si>
+    <t>TRYTON MEDICAL B.V.</t>
+  </si>
+  <si>
+    <t>PROMUS PREMIER , système de stent coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>14/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598316/fr/promus-premier-systeme-de-stent-coronaire-a-elution-d-everolimus</t>
+  </si>
+  <si>
+    <t>c_1598316</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536376/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_1536376</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>Gamme Xience XPEDITION, Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'endoprothèse coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2013 17:08:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350928/fr/gamme-xience-xpedition-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350928</t>
+  </si>
+  <si>
+    <t>ABBOTT Vascular</t>
+  </si>
+  <si>
+    <t>Gamme Xience PRIME, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'Endoprothèse Coronaire à Elution d'Everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350943/fr/gamme-xience-prime-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350943</t>
+  </si>
+  <si>
+    <t>Gamme Xience V, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350944/fr/gamme-xience-v-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350944</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351909/fr/resolute-integrity</t>
+  </si>
+  <si>
+    <t>c_1351909</t>
+  </si>
+  <si>
+    <t>CAROTID WALLSTENT MONORAIL</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2013 09:30:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340755/fr/carotid-wallstent-monorail</t>
+  </si>
+  <si>
+    <t>c_1340755</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>PROTEGE RX</t>
+  </si>
+  <si>
+    <t>Endoprothèse auto-expansible Protégé Rx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340757/fr/protege-rx</t>
+  </si>
+  <si>
+    <t>c_1340757</t>
+  </si>
+  <si>
+    <t>EV3 Inc</t>
+  </si>
+  <si>
+    <t>endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340762/fr/xact</t>
+  </si>
+  <si>
+    <t>c_1340762</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340775/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_1340775</t>
+  </si>
+  <si>
+    <t>ABBOTT ENDO VASCULAR SOLUTIONS</t>
+  </si>
+  <si>
+    <t>PRECISE PRO RX, système d'endoprothèse Nitinol Carotidien</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340789/fr/precise-pro-rx-systeme-d-endoprothese-nitinol-carotidien</t>
+  </si>
+  <si>
+    <t>c_1340789</t>
+  </si>
+  <si>
+    <t>CORDIS DE MEXICO SA DE CV</t>
+  </si>
+  <si>
+    <t>VIVEXX -  25 septembre 2012 (4276) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>31/10/2012 14:52:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1301067/fr/vivexx-25-septembre-2012-4276-avis</t>
+  </si>
+  <si>
+    <t>c_1301067</t>
+  </si>
+  <si>
+    <t>BARD France SAS</t>
+  </si>
+  <si>
+    <t>CRE8 -  15 mai 2012 (4218) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237054/fr/cre8-15-mai-2012-4218-avis</t>
+  </si>
+  <si>
+    <t>c_1237054</t>
+  </si>
+  <si>
+    <t>CID Vascular Sarl (France)</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 29 novembre 2011 (3996) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de paclitaxel (produit actif pharmacologiquement) Cardiologie interventionnelle – Nouvelle indication Partage avec CYPHER du progrès mineur par rapport au pontage aorto-coronarien dans la sténose du tronc commun gauche non protégé</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2011 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122211/fr/taxus-element-29-novembre-2011-3996-avis</t>
+  </si>
+  <si>
+    <t>c_1122211</t>
+  </si>
+  <si>
+    <t>XPERT PRO - 15 novembre 2011 (4066) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse auto-expansible CHIRURGIE VASCULAIRE - Nouveau dispositif Pas d’avantage clinique démontré par rapport à XPERT</t>
+  </si>
+  <si>
+    <t>15/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2011 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118372/fr/xpert-pro-15-novembre-2011-4066-avis</t>
+  </si>
+  <si>
+    <t>c_1118372</t>
+  </si>
+  <si>
+    <t>ABBOTT France – Division Abbott Vascular</t>
+  </si>
+  <si>
+    <t>PIPELINE - 15 novembre 2011 (3927) avis</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter) NEURORADIOLOGIE – Nouveau dispositif médical Progrès thérapeutique mineur par rapport à l’abstention thérapeutique</t>
+  </si>
+  <si>
+    <t>16/11/2011 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098551/fr/pipeline-15-novembre-2011-3927-avis</t>
+  </si>
+  <si>
+    <t>c_1098551</t>
+  </si>
+  <si>
+    <t>Ev3 SAS</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 27 septembre 2011 (3859) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Mise au point Avis défavorable à l’extension d’indication aux patients atteints de lésions situées dans des vaisseaux d’un diamètre &gt; ou égal à 3 mm</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068582/fr/xience-prime-27-septembre-2011-3859-avis</t>
+  </si>
+  <si>
+    <t>c_1068582</t>
+  </si>
+  <si>
+    <t>XIENCE V - 27 septembre 2011 (3857) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068588/fr/xience-v-27-septembre-2011-3857-avis</t>
+  </si>
+  <si>
+    <t>c_1068588</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT PLUS - 13 septembre 2011 (3932) avis</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2011 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1092597/fr/promus-element-plus-13-septembre-2011-3932-avis</t>
+  </si>
+  <si>
+    <t>c_1092597</t>
+  </si>
+  <si>
+    <t>ZILVER PTX - 09 novembre 2010 (2807) avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/09/2011 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996539/fr/zilver-ptx-09-novembre-2010-2807-avis</t>
+  </si>
+  <si>
+    <t>c_996539</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR RESOLUTE - 12 juillet 2011 (3834) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) Absence de progrès thérapeutique par rapport aux endoprothèses de la gamme XIENCE dans la prise en charge des lésions monotronculaires à haut risque de resténose Partage avec les gammes PROMUS, XIENCE et TAXUS d’un progrès mineur par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose Partage avec les gammes PROMUS, XIENCE et TAXUS d’un progrès modéré par rapport à l’absence d’alternative chez les patients contre-indiqués au pontage aorto-coronaire</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/08/2011 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067927/fr/endeavor-resolute-12-juillet-2011-3834-avis</t>
+  </si>
+  <si>
+    <t>c_1067927</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY - 12 juillet 2011 (3835) avis</t>
+  </si>
+  <si>
+    <t>24/08/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068127/fr/resolute-integrity-12-juillet-2011-3835-avis</t>
+  </si>
+  <si>
+    <t>c_1068127</t>
+  </si>
+  <si>
+    <t>PROMUS - 14 juin 2011 (3832) avis</t>
+  </si>
+  <si>
+    <t>14/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2011 11:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058487/fr/promus-14-juin-2011-3832-avis</t>
+  </si>
+  <si>
+    <t>c_1058487</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - 14 juin 2011 (3836) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064064/fr/promus-element-14-juin-2011-3836-avis</t>
+  </si>
+  <si>
+    <t>c_1064064</t>
+  </si>
+  <si>
+    <t>XIENCE V - 22 mars 2011 (3398) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Partage avec TAXUS du progrès thérapeutique par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2011 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033010/fr/xience-v-22-mars-2011-3398-avis</t>
+  </si>
+  <si>
+    <t>c_1033010</t>
+  </si>
+  <si>
+    <t>ABBOTT (France)</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 22 mars 2011 (3399) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033013/fr/xience-prime-22-mars-2011-3399-avis</t>
+  </si>
+  <si>
+    <t>c_1033013</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY - 21 décembre 2010 (3352) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011979/fr/resolute-integrity-21-decembre-2010-3352-avis</t>
+  </si>
+  <si>
+    <t>c_1011979</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX FLEX - 26 octobre 2010 (3006) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>26/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2010 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996877/fr/biomatrix-flex-26-octobre-2010-3006-avis</t>
+  </si>
+  <si>
+    <t>c_996877</t>
+  </si>
+  <si>
+    <t>BIOSENSORS Int. France SARL</t>
+  </si>
+  <si>
+    <t>ENDEAVOR RESOLUTE - 12 octobre 2010 (2806) avis</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994680/fr/endeavor-resolute-12-octobre-2010-2806-avis</t>
+  </si>
+  <si>
+    <t>c_994680</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>19/10/2010 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991915/fr/promus-element-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991915</t>
+  </si>
+  <si>
+    <t>PROMUS - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>18/10/2010 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991919/fr/promus-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991919</t>
+  </si>
+  <si>
+    <t>PRO KINETIC - 14 septembre 2010 (2834) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980893/fr/pro-kinetic-14-septembre-2010-2834-avis</t>
+  </si>
+  <si>
+    <t>c_980893</t>
+  </si>
+  <si>
+    <t>BIOTRONIK France</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 14 septembre 2010 (2721) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980895/fr/taxus-element-14-septembre-2010-2721-avis</t>
+  </si>
+  <si>
+    <t>c_980895</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS France</t>
+  </si>
+  <si>
+    <t>XIENCE V - 29 juin 2010 (2533) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973400/fr/xience-v-29-juin-2010-2533-avis</t>
+  </si>
+  <si>
+    <t>c_973400</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 29 juin 2010 (2532) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973407/fr/xience-prime-29-juin-2010-2532-avis</t>
+  </si>
+  <si>
+    <t>c_973407</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT RX - 04 mai 2010 (2377) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur (partagé avec TAXUS autre endoprothèse coronaire enrobée de paclitaxel) () par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950917/fr/endeavor-sprint-rx-04-mai-2010-2377-avis</t>
+  </si>
+  <si>
+    <t>c_950917</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - 04 mai 2010 (2373) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950926/fr/endeavor-04-mai-2010-2373-avis</t>
+  </si>
+  <si>
+    <t>c_950926</t>
+  </si>
+  <si>
+    <t>AVANTGARDE CHRONO CARBOSTENT - 20 avril 2010 (2506) avis</t>
+  </si>
+  <si>
+    <t>20/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/05/2010 17:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_947307/fr/avantgarde-chrono-carbostent-20-avril-2010-2506-avis</t>
+  </si>
+  <si>
+    <t>c_947307</t>
+  </si>
+  <si>
+    <t>CID VASCULAR Sarl (France)</t>
+  </si>
+  <si>
+    <t>PRO KINETIC ENERGY - CNEDiMTS du 23 février 2010 (2461)</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928452/fr/pro-kinetic-energy-cnedimts-du-23-fevrier-2010-2461</t>
+  </si>
+  <si>
+    <t>c_928452</t>
+  </si>
+  <si>
+    <t>CARBOSTENT CHRONO - CNEDiMTS du 23 février 2010 (2416)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930204/fr/carbostent-chrono-cnedimts-du-23-fevrier-2010-2416</t>
+  </si>
+  <si>
+    <t>c_930204</t>
+  </si>
+  <si>
+    <t>CID VASCULAR Sarl France</t>
+  </si>
+  <si>
+    <t>XACT - CNEDiMTS du 09 février 2010 (2415)</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible Chirurgie vasculaire - Inscription sous nom de marque Pas d’avantage clinique démontré par rapport aux autres endoprothèses carotidiennes</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2010 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924575/fr/xact-cnedimts-du-09-fevrier-2010-2415</t>
+  </si>
+  <si>
+    <t>c_924575</t>
+  </si>
+  <si>
+    <t>GENOUS Bio-engineered R stent - CNEDiMTS du 22 décembre 2009 (1891)</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) recouverte d’anticorps monoclonaux anti-CD34 Avis défavorable au remboursement dans la prise en charge de l’insuffisance coronarienne</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_886661/fr/genous-bio-engineered-r-stent-cnedimts-du-22-decembre-2009-1891</t>
+  </si>
+  <si>
+    <t>c_886661</t>
+  </si>
+  <si>
+    <t>OrbusNeich Medical, BV</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - CNEDiMTS du 08 décembre 2009 (2311)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2009 15:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_892686/fr/promus-element-cnedimts-du-08-decembre-2009-2311</t>
+  </si>
+  <si>
+    <t>c_892686</t>
+  </si>
+  <si>
+    <t>NEUROFORM 3 - CNEDiMTS du 24 novembre 2009 (2054)</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2009 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_889636/fr/neuroform-3-cnedimts-du-24-novembre-2009-2054</t>
+  </si>
+  <si>
+    <t>c_889636</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA France</t>
+  </si>
+  <si>
+    <t>XPERT - CNEDiMTS du 06 octobre 2009 (2180)</t>
+  </si>
+  <si>
+    <t>06/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2009 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_870940/fr/xpert-cnedimts-du-06-octobre-2009-2180</t>
+  </si>
+  <si>
+    <t>c_870940</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - CNEDiMTS du 22 septembre 2009 (2246)</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864993/fr/xience-prime-cnedimts-du-22-septembre-2009-2246</t>
+  </si>
+  <si>
+    <t>c_864993</t>
+  </si>
+  <si>
+    <t>ABBOTT France SAS</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2 - CEPP du 09 juin 2009 (1956)</t>
+  </si>
+  <si>
+    <t>09/06/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2009 11:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818158/fr/helistent-titan-2-cepp-du-09-juin-2009-1956</t>
+  </si>
+  <si>
+    <t>c_818158</t>
+  </si>
+  <si>
+    <t>HEXACATH France</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS - CEPP du 26 mai 2009 (2108)</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_829815/fr/cypher-select-plus-cepp-du-26-mai-2009-2108</t>
+  </si>
+  <si>
+    <t>c_829815</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. France</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE - CEPP du 01 septembre 2009 (2107)</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840620/fr/taxus-liberte-cepp-du-01-septembre-2009-2107</t>
+  </si>
+  <si>
+    <t>c_840620</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA (France)</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - CEPP du 01 septembre 2009 (2109)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840624/fr/endeavor-cepp-du-01-septembre-2009-2109</t>
+  </si>
+  <si>
+    <t>c_840624</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT - CEPP du 01 septembre 2009 (2110)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840639/fr/endeavor-sprint-cepp-du-01-septembre-2009-2110</t>
+  </si>
+  <si>
+    <t>c_840639</t>
+  </si>
+  <si>
+    <t>PROMUS - CEPP du 01 septembre 2009 (1855)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840743/fr/promus-cepp-du-01-septembre-2009-1855</t>
+  </si>
+  <si>
+    <t>c_840743</t>
+  </si>
+  <si>
+    <t>XIENCE V - CEPP du 01 septembre 2009 (1884)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840749/fr/xience-v-cepp-du-01-septembre-2009-1884</t>
+  </si>
+  <si>
+    <t>c_840749</t>
+  </si>
+  <si>
+    <t>NOBORI - CEPP du 07 juillet 2009 (2086)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840790/fr/nobori-cepp-du-07-juillet-2009-2086</t>
+  </si>
+  <si>
+    <t>c_840790</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX - CEPP du 07 juillet 2009 (2085)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840794/fr/biomatrix-cepp-du-07-juillet-2009-2085</t>
+  </si>
+  <si>
+    <t>c_840794</t>
+  </si>
+  <si>
+    <t>PRO-KINETIC ENERGY</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731501/fr/pro-kinetic-energy</t>
+  </si>
+  <si>
+    <t>c_731501</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725165/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_725165</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_716885/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_716885</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703389/fr/nobori</t>
+  </si>
+  <si>
+    <t>c_703389</t>
+  </si>
+  <si>
+    <t>TERUMO France</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671429/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_671429</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667032/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_667032</t>
+  </si>
+  <si>
+    <t>ENDEAVOR Sprint RX</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_658716/fr/endeavor-sprint-rx</t>
+  </si>
+  <si>
+    <t>c_658716</t>
+  </si>
+  <si>
+    <t>PICO ELITE</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643789/fr/pico-elite</t>
+  </si>
+  <si>
+    <t>c_643789</t>
+  </si>
+  <si>
+    <t>AMG VASCULAR PRODUCTS GMBH (Allemagne)</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2007 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631464/fr/carotid-wallstent-monorail</t>
+  </si>
+  <si>
+    <t>c_631464</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFC SA</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>CARBOSTENT CHRONO</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572487/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_572487</t>
+  </si>
+  <si>
+    <t>SORIN Group France SA</t>
+  </si>
+  <si>
+    <t>PROMUS</t>
+  </si>
+  <si>
+    <t>27/06/2007 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572582/fr/promus</t>
+  </si>
+  <si>
+    <t>c_572582</t>
+  </si>
+  <si>
+    <t>XIENCE V</t>
+  </si>
+  <si>
+    <t>27/06/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572610/fr/xience-v</t>
+  </si>
+  <si>
+    <t>c_572610</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556364/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_556364</t>
+  </si>
+  <si>
+    <t>ABBOTT France SA</t>
+  </si>
+  <si>
+    <t>PROTEGE Rx</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556443/fr/protege-rx</t>
+  </si>
+  <si>
+    <t>c_556443</t>
+  </si>
+  <si>
+    <t>EV3 SAS, France</t>
+  </si>
+  <si>
+    <t>Cordis PRECISE RX</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556532/fr/cordis-precise-rx</t>
+  </si>
+  <si>
+    <t>c_556532</t>
+  </si>
+  <si>
+    <t>Cordis SAS</t>
+  </si>
+  <si>
+    <t>21/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2007 12:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517994/fr/wingspan</t>
+  </si>
+  <si>
+    <t>c_517994</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA (France)</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455185/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_455185</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>TRIMAXX</t>
+  </si>
+  <si>
+    <t>25/10/2006 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455231/fr/trimaxx</t>
+  </si>
+  <si>
+    <t>c_455231</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455477/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_455477</t>
+  </si>
+  <si>
+    <t>PRO-KINETIC</t>
+  </si>
+  <si>
+    <t>12/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2006 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451211/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_451211</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450450/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_450450</t>
+  </si>
+  <si>
+    <t>SORIN Group France</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>25/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398455/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398455</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS 2</t>
+  </si>
+  <si>
+    <t>05/11/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398474/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398474</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA</t>
+  </si>
+  <si>
+    <t>LEXOS VR</t>
+  </si>
+  <si>
+    <t>21/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398515/fr/lexos-vr</t>
+  </si>
+  <si>
+    <t>c_398515</t>
+  </si>
+  <si>
+    <t>ALTO 2 VR 625</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398516/fr/alto-2-vr-625</t>
+  </si>
+  <si>
+    <t>c_398516</t>
+  </si>
+  <si>
+    <t>ELA Medical (France)</t>
+  </si>
+  <si>
+    <t>VENTAK PRIZM II VR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398517/fr/ventak-prizm-ii-vr</t>
+  </si>
+  <si>
+    <t>c_398517</t>
+  </si>
+  <si>
+    <t>GUIDANT France S.A.S.</t>
+  </si>
+  <si>
+    <t>GEM III VR 7231</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398518/fr/gem-iii-vr-7231</t>
+  </si>
+  <si>
+    <t>c_398518</t>
+  </si>
+  <si>
+    <t>ALTO 2 DR 624</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398519/fr/alto-2-dr-624</t>
+  </si>
+  <si>
+    <t>c_398519</t>
+  </si>
+  <si>
+    <t>ALTO DR 614 -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398520/fr/alto-dr-614</t>
+  </si>
+  <si>
+    <t>c_398520</t>
+  </si>
+  <si>
+    <t>ATLAS DR V-240</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398521/fr/atlas-dr-v-240</t>
+  </si>
+  <si>
+    <t>c_398521</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL France S.A.S.</t>
+  </si>
+  <si>
+    <t>ATLAS VR V-199</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398522/fr/atlas-vr-v-199</t>
+  </si>
+  <si>
+    <t>c_398522</t>
+  </si>
+  <si>
+    <t>GEM III DR 7275</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398524/fr/gem-iii-dr-7275</t>
+  </si>
+  <si>
+    <t>c_398524</t>
+  </si>
+  <si>
+    <t>LEXOS DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398527/fr/lexos-dr</t>
+  </si>
+  <si>
+    <t>c_398527</t>
+  </si>
+  <si>
+    <t>MARQUIS DR 7274</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398528/fr/marquis-dr-7274</t>
+  </si>
+  <si>
+    <t>c_398528</t>
+  </si>
+  <si>
+    <t>MARQUIS VR 7230</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398529/fr/marquis-vr-7230</t>
+  </si>
+  <si>
+    <t>c_398529</t>
+  </si>
+  <si>
+    <t>MAXIMO DR 7278</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398530/fr/maximo-dr-7278</t>
+  </si>
+  <si>
+    <t>c_398530</t>
+  </si>
+  <si>
+    <t>MAXIMO VR 7232</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398531/fr/maximo-vr-7232</t>
+  </si>
+  <si>
+    <t>c_398531</t>
+  </si>
+  <si>
+    <t>PHOTON µ DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398532/fr/photon-dr</t>
+  </si>
+  <si>
+    <t>c_398532</t>
+  </si>
+  <si>
+    <t>PHOTON µ  VR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398533/fr/photon-vr</t>
+  </si>
+  <si>
+    <t>c_398533</t>
+  </si>
+  <si>
+    <t>VENTAK PRIZM II DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398534/fr/ventak-prizm-ii-dr</t>
+  </si>
+  <si>
+    <t>c_398534</t>
+  </si>
+  <si>
+    <t>VITALITY DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398535/fr/vitality-dr</t>
+  </si>
+  <si>
+    <t>c_398535</t>
+  </si>
+  <si>
+    <t>VITALITY VR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398536/fr/vitality-vr</t>
+  </si>
+  <si>
+    <t>c_398536</t>
+  </si>
+  <si>
+    <t>26/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398556/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398556</t>
+  </si>
+  <si>
+    <t>ATLAS + DR (V - 243)</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398558/fr/atlas-dr-v-243</t>
+  </si>
+  <si>
+    <t>c_398558</t>
+  </si>
+  <si>
+    <t>EPIC + DR (V - 236)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398560/fr/epic-dr-v-236</t>
+  </si>
+  <si>
+    <t>c_398560</t>
+  </si>
+  <si>
+    <t>EPIC + VR (V-196)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398562/fr/epic-vr-v-196</t>
+  </si>
+  <si>
+    <t>c_398562</t>
+  </si>
+  <si>
+    <t>ATLAS + VR V - 193</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398577/fr/atlas-vr-v-193</t>
+  </si>
+  <si>
+    <t>c_398577</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>INTRINSIC DR 7288</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398586/fr/intrinsic-dr-7288</t>
+  </si>
+  <si>
+    <t>c_398586</t>
+  </si>
+  <si>
+    <t>NEW-FILL</t>
+  </si>
+  <si>
+    <t>31/03/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398587/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_398587</t>
+  </si>
+  <si>
+    <t>AVENTIS DERMATOLOGY DIVISION - AVENTIS PHARMA SPECIALITES (France)</t>
+  </si>
+  <si>
+    <t>VITALITY 2 DR</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398619/fr/vitality-2-dr</t>
+  </si>
+  <si>
+    <t>c_398619</t>
+  </si>
+  <si>
+    <t>GUIDANT (France)</t>
+  </si>
+  <si>
+    <t>VITALITY 2 VR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398620/fr/vitality-2-vr</t>
+  </si>
+  <si>
+    <t>c_398620</t>
+  </si>
+  <si>
+    <t>LEKTON MOTION</t>
+  </si>
+  <si>
+    <t>18/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398627/fr/lekton-motion</t>
+  </si>
+  <si>
+    <t>c_398627</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398629/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398629</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398630/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_398630</t>
+  </si>
+  <si>
+    <t>IMPACT ENTERAL</t>
+  </si>
+  <si>
+    <t>15/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398632/fr/impact-enteral</t>
+  </si>
+  <si>
+    <t>c_398632</t>
+  </si>
+  <si>
+    <t>Novartis Nutrition SAS</t>
+  </si>
+  <si>
+    <t>LIGNE GÉNÉRIQUE IMPLANTS ENDOVASCULAIRES DIT STENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398634/fr/ligne-generique-implants-endovasculaires-dit-stent</t>
+  </si>
+  <si>
+    <t>c_398634</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>TECNIC CARBOSTENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398639/fr/tecnic-carbostent</t>
+  </si>
+  <si>
+    <t>c_398639</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT POWDER, poudre à diluer (voie orale)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398641/fr/oral-impact-powder-poudre-a-diluer-voie-orale</t>
+  </si>
+  <si>
+    <t>c_398641</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398642/fr/oral-impact</t>
+  </si>
+  <si>
+    <t>c_398642</t>
+  </si>
+  <si>
+    <t>13/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398678/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_398678</t>
+  </si>
+  <si>
+    <t>23/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398722/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398722</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398729/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_398729</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>CARBOSTENT TECNIC PLUS</t>
+  </si>
+  <si>
+    <t>19/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398785/fr/carbostent-tecnic-plus</t>
+  </si>
+  <si>
+    <t>c_398785</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS</t>
+  </si>
+  <si>
+    <t>03/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398797/fr/taxus-express</t>
+  </si>
+  <si>
+    <t>c_398797</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398798/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398798</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
+  </si>
+  <si>
+    <t>11/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507843/fr/parcours-de-soins-de-l-adulte-avec-des-symptomes-prolonges-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3507843</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+  </si>
+  <si>
+    <t>c_568395</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Les Kystes de Tarlov : prise en charge diagnostique et thérapeutique. Place du traitement micro-chirurgical</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kystes de Tarlov. Il a été élaboré par le le centre de référence C-MAVEM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/11/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293086/fr/les-kystes-de-tarlov-prise-en-charge-diagnostique-et-therapeutique-place-du-traitement-micro-chirurgical</t>
+  </si>
+  <si>
+    <t>p_3293086</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Agénésie transversale de l’avant-bras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une agénésie transversale de l’avant-bras. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France (CEREFAM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292799/fr/agenesie-transversale-de-l-avant-bras</t>
+  </si>
+  <si>
+    <t>p_3292799</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>ALD n° 13 - Maladie coronarienne</t>
+  </si>
+  <si>
+    <t>20/04/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
+  </si>
+  <si>
+    <t>c_534304</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+  </si>
+  <si>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Septembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 17:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392578/fr/commission-de-la-transparence-reunion-du-14-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392578</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>14/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116193/fr/ceesp-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>19/01/2018 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820717/fr/college-deliberatif-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820717</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 janvier 2017</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777672/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2777672</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>29/09/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672027/fr/college-deliberatif-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2672027</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 23 Février 2016</t>
+  </si>
+  <si>
+    <t>18/02/2016 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608443/fr/cnedimts-reunion-du-23-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2608443</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 20 mai 2014</t>
+  </si>
+  <si>
+    <t>21/05/2014 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741498/fr/cnedimts-reunion-du-20-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1741498</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 janvier 2013</t>
+  </si>
+  <si>
+    <t>08/01/2013 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350023/fr/commission-de-la-transparence-reunion-du-9-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1350023</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2011</t>
+  </si>
+  <si>
+    <t>07/12/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146241/fr/commission-de-la-transparence-reunion-du-7-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1146241</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
+  </si>
+  <si>
+    <t>08/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_979727/fr/commission-de-la-transparence-reunion-du-8-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_979727</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2007</t>
+  </si>
+  <si>
+    <t>19/12/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614094/fr/commission-de-la-transparence-reunion-du-19-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_614094</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Développement d’un indicateur mesurant la mortalité 30 jours après infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de qualité et de sécurité des soins de type résultats mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427834/fr/developpement-d-un-indicateur-mesurant-la-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3427834</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2012 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1216354</t>
+  </si>
+  <si>
+    <t>La diffusion publique de données relatives à l’activité, la performance, les résultats des établissements de santé – Étude bibliographique – Béatrice Fermon, Pierre Lévy, Université Paris-Dauphine – novembre 2005</t>
+  </si>
+  <si>
+    <t>Depuis 2005, la HAS a initié des réflexions et des études sur la production d’indicateurs, leur diffusion et leurs effets sur les acteurs du système de santé, en particulier les usagers. Dans ce cadre, la HAS a souhaité disposer d’une revue de la littérature et des expériences étrangères en matière de diffusion publique d'indicateurs sur la performance des établissements de santé.</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2011 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021716/fr/la-diffusion-publique-de-donnees-relatives-a-l-activite-la-performance-les-resultats-des-etablissements-de-sante-etude-bibliographique-beatrice-fermon-pierre-levy-universite-paris-dauphine-novembre-2005</t>
+  </si>
+  <si>
+    <t>c_1021716</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la demande d’inscription au calendrier vaccinal français du vaccin EFLUELDA par le laboratoire Sanofi Pasteur et à la demande du Ministère chargé de la santé, la HAS en s’appuyant sur la Commission technique des vaccinations, a élaboré des recommandations à destination des professionnels de santé sur la place du vaccin quadrivalent haute dose EFLUELDA dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2020 15:31:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186428/fr/place-du-vaccin-quadrivalent-haute-dose-efluelda-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere-chez-les-personnes-de-65-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3186428</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Pertinence des actes et prescriptions médicamenteuses chez un patient adulte infecté par Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Les fiches pertinence des soins « Diagnostic de l’infection par Helicobacter pylori chez l’adulte » et « Traitement de l’infection par Helicobacter pylori chez l’adulte » ont été élaborées conjointement par la HAS et le Conseil National Professionnel d’hépato-gastroentérologie dans le cadre d’un partenariat. Elles sont destinées principalement aux gastro-entérologues et aux médecins généralistes mais aussi à tous les professionnels susceptibles de participer au diagnostic et au traitement d’une infection à Helicobacter pylori (H. pylori).</t>
+  </si>
+  <si>
+    <t>21/06/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774179/fr/pertinence-des-actes-et-prescriptions-medicamenteuses-chez-un-patient-adulte-infecte-par-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2774179</t>
+  </si>
+  <si>
+    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ce guide vise à aider les établissements pour concevoir le programme d'amélioration de la qualité et de la sécurité des soins, en assurer la mise en œuvre et le suivi. Il est conçu sur la base de constats et d’orientations pragmatiques : volonté de convergence méthodologique des divers dispositifs existants, vision systémique de la démarche structurée selon trois fonctions étroitement liées (pilotage, coordination, mise en œuvre opérationnelle), proposition d’outils rapidement maîtrisables, si possible d’inspiration clinique, utilisables pour la prise de décision dans chacune de ces fonctions.</t>
+  </si>
+  <si>
+    <t>12/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239410/fr/mettre-en-oeuvre-la-gestion-des-risques-associes-aux-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_1239410</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies du système nerveux</t>
+  </si>
+  <si>
+    <t>04/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_816012/fr/criteres-d-epp-pour-les-maladies-du-systeme-nerveux</t>
+  </si>
+  <si>
+    <t>c_816012</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral (AVC) : prise en charge paramédicale dans une unité de soins</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/06/2005 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272446/fr/accident-vasculaire-cerebral-avc-prise-en-charge-paramedicale-dans-une-unite-de-soins</t>
+  </si>
+  <si>
+    <t>c_272446</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral (AVC) : prise en charge médicale dans une unité de soins</t>
+  </si>
+  <si>
+    <t>01/06/2005 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432079/fr/accident-vasculaire-cerebral-avc-prise-en-charge-medicale-dans-une-unite-de-soins</t>
+  </si>
+  <si>
+    <t>c_432079</t>
+  </si>
+  <si>
+    <t>Visite académique</t>
+  </si>
+  <si>
+    <t>Les points clés OÙ mettre en œuvre ? Dans le secteur libéral. de QUOI s’agit-il ? Transmettre des messages éducatifs, préventifs, de dépistage ou de prise en charge des patients, en vue d’améliorer les pratiques, par un contact individuel, essentiellement lors d’un échange au cabinet médical, 6 à 8 fois/an. QUI peut le faire ? Un individu ou une équipe ou une maison médicale.</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436536/fr/visite-academique</t>
+  </si>
+  <si>
+    <t>c_436536</t>
+  </si>
+  <si>
+    <t>Dossier dans le cancer colorectal en gastroentérologie</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272452/fr/dossier-dans-le-cancer-colorectal-en-gastroenterologie</t>
+  </si>
+  <si>
+    <t>c_272452</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/17/2024 11:07:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2674284/en/management-of-fever-in-children</t>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Désordres hypertensifs de la femme enceinte : prévention, dépistage et prise en charge - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est l’élaboration : De recommandations à destination des professionnels dans le but d’améliorer la prévention, le dépistage et la prise en charge des femmes présentant un DHG. De fiche(s) d’information à destination des femmes ayant présenté un DHG.</t>
+  </si>
+  <si>
+    <t>03/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:47:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700376/fr/label-desordres-hypertensifs-de-la-femme-enceinte-prevention-depistage-et-prise-en-charge-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3700376</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
+  </si>
+  <si>
+    <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
+  </si>
+  <si>
+    <t>c_2772744</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge de la fièvre chez l'enfant</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo propose un rappel de la conduite à tenir pour la prise en charge de la fièvre chez l’enfant.</t>
+  </si>
+  <si>
+    <t>05/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674284/fr/prise-en-charge-de-la-fievre-chez-l-enfant</t>
   </si>
   <si>
     <t>c_2674284</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Lombalgie chronique de l’adulte et chirurgie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique propose une nouvelle définition de la lombalgie chronique et évalue les techniques chirurgicales de la lombalgie chronique dégénérative de l’adulte pour en préciser les indications</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615316/fr/lombalgie-chronique-de-l-adulte-et-chirurgie</t>
+  </si>
+  <si>
+    <t>c_2615316</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Transfusion de plaquettes : produits, indications</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de plaquettes et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>14/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571571/fr/transfusion-de-plaquettes-produits-indications</t>
+  </si>
+  <si>
+    <t>c_2571571</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique pour les gestes percutanés chez le coronarien</t>
+  </si>
+  <si>
+    <t>L'objet de ce travail est de définir, chez le coronarien sous antiagrégants plaquettaires, le risque hémorragique associé aux différents gestes diagnostiques et thérapeutiques percutanés, le confronter au risque de thrombose coronarienne afin de produire et diffuser des recommandations pour la gestion de ces deux risques antagonistes. Il complète les travaux réalisés sur les gestes endoscopiques.</t>
+  </si>
+  <si>
+    <t>01/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710205/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-pour-les-gestes-percutanes-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1710205</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique en cas de geste endoscopique chez le coronarien</t>
+  </si>
+  <si>
+    <t>Évaluer, chez le patient coronarien devant subir une endoscopie : le risque hémorragique lié à un acte invasif : peut-on proposer une classification des actes selon le niveau de risque ? le risque lié à l’interruption du traitement AAP : peut-on en établir une classification en fonction de l’indication initiale de l’AAP ? le rapport bénéfice/risque d’une intervention chez un patient traité par AAP ; le délai à respecter après la pose d’un stent actif avant de pouvoir arrêter le double AAP ? Existe-t-il des différences en fonction du type de stent actif ? les facteurs de sur-risque thrombotique à prendre.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294540/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-en-cas-de-geste-endoscopique-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1294540</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après arthroplastie totale du genou</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques et chirurgicaux.</t>
+  </si>
+  <si>
+    <t>01/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639103/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-arthroplastie-totale-du-genou</t>
+  </si>
+  <si>
+    <t>c_639103</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité : ce qu’il faut savoir avant de vous décider</t>
+  </si>
+  <si>
+    <t>Vous êtes en situation de surpoids ou d’obésité et vous vous demandez si une chirurgie serait une option envisageable pour vous. La chirurgie améliore la santé et la qualité de vie, réduit le poids et les complications de l’obésité, mais ne guérit pas de la maladie obésité. La chirurgie est un traitement de deuxième intention après un parcours médical global et seulement dans certaines conditions.</t>
+  </si>
+  <si>
+    <t>17/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849636/fr/chirurgie-de-l-obesite-ce-qu-il-faut-savoir-avant-de-vous-decider</t>
+  </si>
+  <si>
+    <t>c_849636</t>
+  </si>
+  <si>
+    <t>Nodule de la thyroïde - Comment l'explorer ?</t>
+  </si>
+  <si>
+    <t>Une grosseur au niveau de votre thyroïde a été découverte. Vous avez peut-être un nodule. Ce document vous informe sur ce qu’est un nodule de la thyroïde et sur les examens qui permettent de le caractériser. Il complète vos échanges avec votre médecin ; il ne remplace pas son avis. Les informations qu’il contient s’appuient sur les données scientifiques les plus récentes.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287556/fr/nodule-de-la-thyroide-comment-l-explorer</t>
+  </si>
+  <si>
+    <t>p_3287556</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Actions et propositions de la HAS pour la qualité et la sécurité des soins et pour la pérennité du système de santé</t>
+  </si>
+  <si>
+    <t>Depuis un an, la HAS a engagé l’ensemble de ses services dans des chantiers afin d’affirmer sa place dans la régulation par la qualité et l’efficience : avis d’efficience sur les médicaments et dispositifs médicaux les plus innovants, renforcement des critères d’évaluation des établissements de santé et des pratiques médicales et déploiement de parcours de soins ou de programmes d’appui aux équipes sur la gestion des risques. Tous ces chantiers doivent contribuer à la soutenabilité du système de santé. Dans cette optique, la HAS apporte sa contribution aux évolutions de ce système en émettant un avis sur le projet de loi de santé. Elle propose aux pouvoirs publics des amendements et des propositions sur les enjeux et évolutions qu’elle juge primordiaux.</t>
+  </si>
+  <si>
+    <t>29/09/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_1765072</t>
+  </si>
+  <si>
+    <t>AVC, travailler avec les professionnels pour améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Dans le cadre du plan AVC et en continuité avec les travaux déjà réalisés sur l’accident vasculaire cérébral (AVC), la HAS a décidé de travailler avec les professionnels de santé à l’élaboration d’indicateurs de pratique clinique. En France, environ 130 000 personnes sont atteintes d’AVC chaque année. Les indicateurs de pratique clinique, jalonnant les différentes étapes du parcours du patient, permettront d’assurer et de mesurer l’efficacité, la sécurité de la prise en charge et l’accès aux meilleurs soins.</t>
+  </si>
+  <si>
+    <t>23/06/2010 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961542/fr/avc-travailler-avec-les-professionnels-pour-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>c_961542</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde : la prise en charge peut encore être améliorée</t>
+  </si>
+  <si>
+    <t>En France, chaque année 100 000 personnes sont atteintes d’infarctus du myocarde. Bien que la mortalité par infarctus ait fortement diminué en 10 ans, près de 13% des patients pris en charge en décèdent au cours de la première année. La HAS et les professionnels de santé concernés présentent aujourd’hui un bilan du programme d’amélioration de la prise en charge de l’infarctus du myocarde lancé en 2007 et insistent sur la nécessité de poursuivre les efforts engagés.</t>
+  </si>
+  <si>
+    <t>02/04/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765385/fr/infarctus-du-myocarde-la-prise-en-charge-peut-encore-etre-amelioree</t>
+  </si>
+  <si>
+    <t>c_765385</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
+  </si>
+  <si>
+    <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
+  </si>
+  <si>
+    <t>08/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>p_3372966</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of an Edge-to-Edge Mitral Valve Repair Clip and its Implantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2028916/en/assessment-of-an-edge-to-edge-mitral-valve-repair-clip-and-its-implantation</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>L’insuffisance mitrale est la seconde valvulopathie la plus fréquence en Europe. Il s’agit d’une affection grave engageant le pronostic vital des patients. L’évaluation porte sur le dispositif MITRACLIP de Abbott Vascular et l’acte d’implantation y afférant.</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028916/fr/mitraclip</t>
   </si>
   <si>
     <t>c_2028916</t>
   </si>
   <si>
-    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce de la dengue par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce de la dengue</t>
+  </si>
+  <si>
+    <t>30/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253629/fr/diagnostic-biologique-direct-precoce-de-la-dengue-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253629</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce du Chikungunya par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce du chikungunya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253648/fr/diagnostic-biologique-direct-precoce-du-chikungunya-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253648</t>
+  </si>
+  <si>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Documents for Patients</t>
-[...17 lines deleted...]
-    <t>c_2911396</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0005/AC/SA3P du 29 janvier 2020 du collège de la Haute Autorité de santé relatif au protocole de coopération « Prise en charge de l’éruption prurigineuse chez l’enfant de 12 mois à 12 ans par l’infirmier(e) diplômé(e) d’état ou le pharmacien d’officine »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’Agence régionale de santé de la région Auvergne Rhône Alpes a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Prise en charge de l’éruption prurigineuse chez l’enfant de 12 mois à 12 ans par l’infirmier(e) diplômé(e) d’état ou le pharmacien d’officine » Professionnels concernés : Médecin Infirmier Pharmacien</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2020 11:30:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151187/fr/avis-n-2020-0005/ac/sa3p-du-29-janvier-2020-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-prise-en-charge-de-l-eruption-prurigineuse-chez-l-enfant-de-12-mois-a-12-ans-par-l-infirmier-e-diplome-e-d-etat-ou-le-pharmacien-d-officine</t>
+  </si>
+  <si>
+    <t>p_3151187</t>
+  </si>
+  <si>
+    <t>Avis n°2019.0026/AC/SEAP du 24 avril 2019 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS de trois examens de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de trois examens de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ »</t>
+  </si>
+  <si>
+    <t>24/04/2019 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965996/fr/avis-n2019-0026/ac/seap-du-24-avril-2019-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-trois-examens-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2965996</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0015/AC/SEVAM du 19 février 2014 du collège de la HAS relatif au protocole de coopération « Consultation infirmier(e) en médecine du voyage pour le conseil, la vaccination, la prescription de médicaments à titre préventif, la p rescription et l’interprétation de sérologies à visée vaccinale, la prescription de vaccin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Consultation infirmier(e) en médecine du voyage pour le conseil, la vaccination, la prescription de médicaments à titre préventif, la prescription et l'interprétation de sérologies à visée vaccinale, la prescription de vaccin». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>19/02/2014 10:50:00</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732968/fr/avis-n-2014-0015/ac/sevam-du-19-fevrier-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-consultation-infirmier-e-en-medecine-du-voyage-pour-le-conseil-la-vaccination-la-prescription-de-medicaments-a-titre-preventif-la-p-rescription-et-l-interpretation-de-serologies-a-visee-vaccinale-la-prescription-de-vaccin</t>
+  </si>
+  <si>
+    <t>c_1732968</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Comprendre les indicateurs</t>
+  </si>
+  <si>
+    <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
+  </si>
+  <si>
+    <t>22/08/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
+  </si>
+  <si>
+    <t>r_1456737</t>
+  </si>
+  <si>
+    <t>Expérimentation de l’indicateur « Mortalité 30 jours après infarctus du myocarde »</t>
+  </si>
+  <si>
+    <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>19/12/2022 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3390456</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde (IDM) - Programme Pilote 2008-2013</t>
+  </si>
+  <si>
+    <t>21/05/2013 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736856/fr/infarctus-du-myocarde-idm-programme-pilote-2008-2013</t>
+  </si>
+  <si>
+    <t>c_736856</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
+  </si>
+  <si>
+    <t>Ensemble, améliorons la prise en charge de l’infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Salle de presse virtuelle - On estime que chaque année en France, environ 100 000 personnes sont atteintes d’infarctus du myocarde. Parmi les patients pris en charge, 7 % décèdent dans le premier mois et au total, 13% décèdent au cours de la 1ère année. Cette mortalité a été réduite de moitié en 10 ans grâce à une amélioration globale de la prise en charge.# upload/docs/image/gif/2009-04/stethoscope_coeur_small.gif</t>
+  </si>
+  <si>
+    <t>02/04/2009 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765215/fr/ensemble-ameliorons-la-prise-en-charge-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_765215</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
+  </si>
+  <si>
+    <t>22/05/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -719,847 +6713,12908 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1876</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>1883</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>1884</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>1885</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>1886</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>1887</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>1876</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>1889</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>1890</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>1891</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>1892</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>1893</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>1894</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1898</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1910</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>1895</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>1911</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>1912</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>1913</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>1914</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>1895</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>1916</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>1917</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>1918</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>1919</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1950</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>1920</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>1951</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>1952</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>1953</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>1954</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>1955</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>1920</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>1957</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>1958</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>1953</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>1954</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>1959</v>
       </c>
       <c r="H8" t="s">
-        <v>54</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>1961</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1962</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>1963</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>1964</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>1965</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>1967</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>1968</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>1969</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>1970</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>1971</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>1973</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>1974</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>1975</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>1976</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>1977</v>
       </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>1979</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>1980</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>1981</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>1982</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>1983</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B13" t="s">
-        <v>77</v>
+        <v>1985</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>1986</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>1987</v>
       </c>
       <c r="E13" t="s">
-        <v>80</v>
+        <v>1988</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>81</v>
+        <v>1989</v>
       </c>
       <c r="H13" t="s">
-        <v>82</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>1991</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>1992</v>
       </c>
       <c r="D14" t="s">
-        <v>85</v>
+        <v>1993</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>1994</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>86</v>
+        <v>1995</v>
       </c>
       <c r="H14" t="s">
-        <v>87</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>1997</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>1998</v>
       </c>
       <c r="D15" t="s">
-        <v>90</v>
+        <v>1999</v>
       </c>
       <c r="E15" t="s">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>91</v>
+        <v>2001</v>
       </c>
       <c r="H15" t="s">
-        <v>92</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>2003</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>2004</v>
       </c>
       <c r="D16" t="s">
-        <v>95</v>
+        <v>2005</v>
       </c>
       <c r="E16" t="s">
-        <v>96</v>
+        <v>2006</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>97</v>
+        <v>2007</v>
       </c>
       <c r="H16" t="s">
-        <v>98</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
+        <v>2009</v>
       </c>
       <c r="C17" t="s">
-        <v>100</v>
+        <v>2010</v>
       </c>
       <c r="D17" t="s">
-        <v>101</v>
+        <v>2011</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>2012</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>103</v>
+        <v>2013</v>
       </c>
       <c r="H17" t="s">
-        <v>104</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>345</v>
       </c>
       <c r="C18" t="s">
-        <v>106</v>
+        <v>2015</v>
       </c>
       <c r="D18" t="s">
-        <v>107</v>
+        <v>2016</v>
       </c>
       <c r="E18" t="s">
-        <v>108</v>
+        <v>2017</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>109</v>
+        <v>2018</v>
       </c>
       <c r="H18" t="s">
-        <v>110</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
+        <v>2020</v>
       </c>
       <c r="C19" t="s">
-        <v>112</v>
+        <v>2021</v>
       </c>
       <c r="D19" t="s">
-        <v>113</v>
+        <v>2022</v>
       </c>
       <c r="E19" t="s">
-        <v>114</v>
+        <v>2023</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>115</v>
+        <v>2024</v>
       </c>
       <c r="H19" t="s">
-        <v>116</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B20" t="s">
-        <v>117</v>
+        <v>2026</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>2027</v>
       </c>
       <c r="D20" t="s">
-        <v>119</v>
+        <v>375</v>
       </c>
       <c r="E20" t="s">
-        <v>120</v>
+        <v>2028</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>121</v>
+        <v>2029</v>
       </c>
       <c r="H20" t="s">
-        <v>122</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B21" t="s">
-        <v>123</v>
+        <v>2031</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
+        <v>2032</v>
       </c>
       <c r="D21" t="s">
-        <v>125</v>
+        <v>1561</v>
       </c>
       <c r="E21" t="s">
-        <v>126</v>
+        <v>2033</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>127</v>
+        <v>2034</v>
       </c>
       <c r="H21" t="s">
-        <v>128</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>2036</v>
       </c>
       <c r="C22" t="s">
-        <v>130</v>
+        <v>2037</v>
       </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>2038</v>
       </c>
       <c r="E22" t="s">
-        <v>126</v>
+        <v>2039</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>131</v>
+        <v>2040</v>
       </c>
       <c r="H22" t="s">
-        <v>132</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>1920</v>
       </c>
       <c r="B23" t="s">
-        <v>133</v>
+        <v>2042</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
+        <v>2043</v>
       </c>
       <c r="D23" t="s">
-        <v>135</v>
+        <v>2044</v>
       </c>
       <c r="E23" t="s">
-        <v>136</v>
+        <v>2045</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>137</v>
+        <v>2046</v>
       </c>
       <c r="H23" t="s">
-        <v>138</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
+        <v>2048</v>
       </c>
       <c r="C24" t="s">
-        <v>141</v>
+        <v>2049</v>
       </c>
       <c r="D24" t="s">
-        <v>142</v>
+        <v>2050</v>
       </c>
       <c r="E24" t="s">
-        <v>143</v>
+        <v>2051</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>144</v>
+        <v>2052</v>
       </c>
       <c r="H24" t="s">
-        <v>145</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>2054</v>
       </c>
       <c r="C25" t="s">
-        <v>147</v>
+        <v>2055</v>
       </c>
       <c r="D25" t="s">
-        <v>148</v>
+        <v>2050</v>
       </c>
       <c r="E25" t="s">
-        <v>149</v>
+        <v>2056</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>150</v>
+        <v>2057</v>
       </c>
       <c r="H25" t="s">
-        <v>151</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B26" t="s">
-        <v>152</v>
+        <v>2059</v>
       </c>
       <c r="C26" t="s">
-        <v>153</v>
+        <v>2060</v>
       </c>
       <c r="D26" t="s">
-        <v>154</v>
+        <v>2061</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>2062</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>156</v>
+        <v>2063</v>
       </c>
       <c r="H26" t="s">
-        <v>157</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B27" t="s">
-        <v>158</v>
+        <v>2065</v>
       </c>
       <c r="C27" t="s">
-        <v>159</v>
+        <v>2066</v>
       </c>
       <c r="D27" t="s">
-        <v>160</v>
+        <v>2067</v>
       </c>
       <c r="E27" t="s">
-        <v>161</v>
+        <v>2068</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>162</v>
+        <v>2069</v>
       </c>
       <c r="H27" t="s">
-        <v>163</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>2071</v>
       </c>
       <c r="C28" t="s">
-        <v>165</v>
+        <v>2072</v>
       </c>
       <c r="D28" t="s">
-        <v>166</v>
+        <v>2067</v>
       </c>
       <c r="E28" t="s">
-        <v>167</v>
+        <v>2068</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>168</v>
+        <v>2073</v>
       </c>
       <c r="H28" t="s">
-        <v>169</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>2075</v>
       </c>
       <c r="C29" t="s">
-        <v>171</v>
+        <v>2076</v>
       </c>
       <c r="D29" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>173</v>
+        <v>2077</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>174</v>
+        <v>2078</v>
       </c>
       <c r="H29" t="s">
-        <v>175</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B30" t="s">
-        <v>176</v>
+        <v>2080</v>
       </c>
       <c r="C30" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>2081</v>
       </c>
       <c r="E30" t="s">
-        <v>179</v>
+        <v>2082</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>180</v>
+        <v>2083</v>
       </c>
       <c r="H30" t="s">
-        <v>181</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>2085</v>
       </c>
       <c r="C31" t="s">
-        <v>177</v>
+        <v>2086</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>2087</v>
       </c>
       <c r="E31" t="s">
-        <v>184</v>
+        <v>2088</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>185</v>
+        <v>2089</v>
       </c>
       <c r="H31" t="s">
-        <v>186</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>1920</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>2091</v>
       </c>
       <c r="C32" t="s">
-        <v>188</v>
+        <v>2092</v>
       </c>
       <c r="D32" t="s">
-        <v>189</v>
+        <v>2093</v>
       </c>
       <c r="E32" t="s">
-        <v>190</v>
+        <v>2094</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>191</v>
+        <v>2095</v>
       </c>
       <c r="H32" t="s">
-        <v>192</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2099</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2118</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2178</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J192"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I6" t="s">
+        <v>58</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+      <c r="I7" t="s">
+        <v>65</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I8" t="s">
+        <v>72</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10" t="s">
+        <v>82</v>
+      </c>
+      <c r="I10" t="s">
+        <v>83</v>
+      </c>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11" t="s">
+        <v>89</v>
+      </c>
+      <c r="I11" t="s">
+        <v>90</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>95</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>96</v>
+      </c>
+      <c r="H12" t="s">
+        <v>97</v>
+      </c>
+      <c r="I12" t="s">
+        <v>98</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>107</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>108</v>
+      </c>
+      <c r="H14" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" t="s">
+        <v>110</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>116</v>
+      </c>
+      <c r="H15" t="s">
+        <v>117</v>
+      </c>
+      <c r="I15" t="s">
+        <v>118</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>122</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>124</v>
+      </c>
+      <c r="I16" t="s">
+        <v>118</v>
+      </c>
+      <c r="J16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>127</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17" t="s">
+        <v>129</v>
+      </c>
+      <c r="I17" t="s">
+        <v>130</v>
+      </c>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>133</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>134</v>
+      </c>
+      <c r="H18" t="s">
+        <v>135</v>
+      </c>
+      <c r="I18" t="s">
+        <v>130</v>
+      </c>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>139</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>140</v>
+      </c>
+      <c r="H19" t="s">
+        <v>141</v>
+      </c>
+      <c r="I19" t="s">
+        <v>142</v>
+      </c>
+      <c r="J19" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>145</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>146</v>
+      </c>
+      <c r="H20" t="s">
+        <v>147</v>
+      </c>
+      <c r="I20" t="s">
+        <v>148</v>
+      </c>
+      <c r="J20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>151</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>152</v>
+      </c>
+      <c r="H21" t="s">
+        <v>153</v>
+      </c>
+      <c r="I21" t="s">
+        <v>130</v>
+      </c>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>157</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>158</v>
+      </c>
+      <c r="H22" t="s">
+        <v>159</v>
+      </c>
+      <c r="I22" t="s">
+        <v>160</v>
+      </c>
+      <c r="J22" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>163</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>164</v>
+      </c>
+      <c r="H23" t="s">
+        <v>165</v>
+      </c>
+      <c r="I23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H24" t="s">
+        <v>172</v>
+      </c>
+      <c r="I24" t="s">
+        <v>173</v>
+      </c>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" t="s">
+        <v>177</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>178</v>
+      </c>
+      <c r="H25" t="s">
+        <v>179</v>
+      </c>
+      <c r="I25" t="s">
+        <v>173</v>
+      </c>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" t="s">
+        <v>183</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>184</v>
+      </c>
+      <c r="H26" t="s">
+        <v>185</v>
+      </c>
+      <c r="I26" t="s">
+        <v>173</v>
+      </c>
+      <c r="J26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" t="s">
+        <v>189</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>190</v>
+      </c>
+      <c r="H27" t="s">
+        <v>191</v>
+      </c>
+      <c r="I27" t="s">
+        <v>192</v>
+      </c>
+      <c r="J27" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" t="s">
         <v>193</v>
       </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>195</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>196</v>
+      </c>
+      <c r="H28" t="s">
+        <v>197</v>
+      </c>
+      <c r="I28" t="s">
+        <v>198</v>
+      </c>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>201</v>
+      </c>
+      <c r="E29" t="s">
+        <v>202</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>203</v>
+      </c>
+      <c r="H29" t="s">
+        <v>204</v>
+      </c>
+      <c r="I29" t="s">
+        <v>173</v>
+      </c>
+      <c r="J29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>206</v>
+      </c>
+      <c r="E30" t="s">
+        <v>207</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>208</v>
+      </c>
+      <c r="H30" t="s">
+        <v>209</v>
+      </c>
+      <c r="I30" t="s">
+        <v>173</v>
+      </c>
+      <c r="J30" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>210</v>
+      </c>
+      <c r="E31" t="s">
+        <v>211</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>212</v>
+      </c>
+      <c r="H31" t="s">
+        <v>213</v>
+      </c>
+      <c r="I31" t="s">
+        <v>214</v>
+      </c>
+      <c r="J31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" t="s">
+        <v>217</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>218</v>
+      </c>
+      <c r="H32" t="s">
+        <v>219</v>
+      </c>
+      <c r="I32" t="s">
+        <v>173</v>
+      </c>
+      <c r="J32" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>24</v>
+      </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>195</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>196</v>
+        <v>221</v>
       </c>
       <c r="E33" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>198</v>
+        <v>223</v>
       </c>
       <c r="H33" t="s">
-        <v>199</v>
+        <v>224</v>
+      </c>
+      <c r="I33" t="s">
+        <v>173</v>
+      </c>
+      <c r="J33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" t="s">
+        <v>226</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>227</v>
+      </c>
+      <c r="E34" t="s">
+        <v>228</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>229</v>
+      </c>
+      <c r="H34" t="s">
+        <v>230</v>
+      </c>
+      <c r="I34" t="s">
+        <v>231</v>
+      </c>
+      <c r="J34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" t="s">
+        <v>233</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>234</v>
+      </c>
+      <c r="E35" t="s">
+        <v>228</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>235</v>
+      </c>
+      <c r="H35" t="s">
+        <v>236</v>
+      </c>
+      <c r="I35" t="s">
+        <v>237</v>
+      </c>
+      <c r="J35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>234</v>
+      </c>
+      <c r="E36" t="s">
+        <v>240</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>241</v>
+      </c>
+      <c r="H36" t="s">
+        <v>242</v>
+      </c>
+      <c r="I36" t="s">
+        <v>243</v>
+      </c>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" t="s">
+        <v>137</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>244</v>
+      </c>
+      <c r="E37" t="s">
+        <v>245</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>246</v>
+      </c>
+      <c r="H37" t="s">
+        <v>247</v>
+      </c>
+      <c r="I37" t="s">
+        <v>248</v>
+      </c>
+      <c r="J37" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>250</v>
+      </c>
+      <c r="E38" t="s">
+        <v>251</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>252</v>
+      </c>
+      <c r="H38" t="s">
+        <v>253</v>
+      </c>
+      <c r="I38" t="s">
+        <v>173</v>
+      </c>
+      <c r="J38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" t="s">
+        <v>255</v>
+      </c>
+      <c r="C39" t="s">
+        <v>256</v>
+      </c>
+      <c r="D39" t="s">
+        <v>257</v>
+      </c>
+      <c r="E39" t="s">
+        <v>258</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>259</v>
+      </c>
+      <c r="H39" t="s">
+        <v>260</v>
+      </c>
+      <c r="I39" t="s">
+        <v>256</v>
+      </c>
+      <c r="J39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" t="s">
+        <v>249</v>
+      </c>
+      <c r="C40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" t="s">
+        <v>262</v>
+      </c>
+      <c r="E40" t="s">
+        <v>263</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>264</v>
+      </c>
+      <c r="H40" t="s">
+        <v>265</v>
+      </c>
+      <c r="I40" t="s">
+        <v>160</v>
+      </c>
+      <c r="J40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C41" t="s">
+        <v>160</v>
+      </c>
+      <c r="D41" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" t="s">
+        <v>268</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>269</v>
+      </c>
+      <c r="H41" t="s">
+        <v>270</v>
+      </c>
+      <c r="I41" t="s">
+        <v>160</v>
+      </c>
+      <c r="J41" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>267</v>
+      </c>
+      <c r="E42" t="s">
+        <v>273</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>274</v>
+      </c>
+      <c r="H42" t="s">
+        <v>275</v>
+      </c>
+      <c r="I42" t="s">
+        <v>272</v>
+      </c>
+      <c r="J42" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>277</v>
+      </c>
+      <c r="E43" t="s">
+        <v>278</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>279</v>
+      </c>
+      <c r="H43" t="s">
+        <v>280</v>
+      </c>
+      <c r="I43" t="s">
+        <v>276</v>
+      </c>
+      <c r="J43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" t="s">
+        <v>282</v>
+      </c>
+      <c r="C44" t="s">
+        <v>276</v>
+      </c>
+      <c r="D44" t="s">
+        <v>277</v>
+      </c>
+      <c r="E44" t="s">
+        <v>278</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>283</v>
+      </c>
+      <c r="H44" t="s">
+        <v>284</v>
+      </c>
+      <c r="I44" t="s">
+        <v>276</v>
+      </c>
+      <c r="J44" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45" t="s">
+        <v>78</v>
+      </c>
+      <c r="C45" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" t="s">
+        <v>285</v>
+      </c>
+      <c r="E45" t="s">
+        <v>286</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>287</v>
+      </c>
+      <c r="H45" t="s">
+        <v>288</v>
+      </c>
+      <c r="I45" t="s">
+        <v>160</v>
+      </c>
+      <c r="J45" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" t="s">
+        <v>290</v>
+      </c>
+      <c r="C46" t="s">
+        <v>160</v>
+      </c>
+      <c r="D46" t="s">
+        <v>291</v>
+      </c>
+      <c r="E46" t="s">
+        <v>292</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>293</v>
+      </c>
+      <c r="H46" t="s">
+        <v>294</v>
+      </c>
+      <c r="I46" t="s">
+        <v>160</v>
+      </c>
+      <c r="J46" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" t="s">
+        <v>137</v>
+      </c>
+      <c r="C47" t="s">
+        <v>160</v>
+      </c>
+      <c r="D47" t="s">
+        <v>295</v>
+      </c>
+      <c r="E47" t="s">
+        <v>296</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>297</v>
+      </c>
+      <c r="H47" t="s">
+        <v>298</v>
+      </c>
+      <c r="I47" t="s">
+        <v>160</v>
+      </c>
+      <c r="J47" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>272</v>
+      </c>
+      <c r="D48" t="s">
+        <v>300</v>
+      </c>
+      <c r="E48" t="s">
+        <v>301</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>302</v>
+      </c>
+      <c r="H48" t="s">
+        <v>303</v>
+      </c>
+      <c r="I48" t="s">
+        <v>272</v>
+      </c>
+      <c r="J48" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>305</v>
+      </c>
+      <c r="D49" t="s">
+        <v>306</v>
+      </c>
+      <c r="E49" t="s">
+        <v>307</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>308</v>
+      </c>
+      <c r="H49" t="s">
+        <v>309</v>
+      </c>
+      <c r="I49" t="s">
+        <v>305</v>
+      </c>
+      <c r="J49" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>24</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>312</v>
+      </c>
+      <c r="D50" t="s">
+        <v>313</v>
+      </c>
+      <c r="E50" t="s">
+        <v>314</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>315</v>
+      </c>
+      <c r="H50" t="s">
+        <v>316</v>
+      </c>
+      <c r="I50" t="s">
+        <v>312</v>
+      </c>
+      <c r="J50" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>24</v>
+      </c>
+      <c r="B51" t="s">
+        <v>74</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>318</v>
+      </c>
+      <c r="E51" t="s">
+        <v>319</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>320</v>
+      </c>
+      <c r="H51" t="s">
+        <v>321</v>
+      </c>
+      <c r="I51" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B52" t="s">
+        <v>322</v>
+      </c>
+      <c r="C52" t="s">
+        <v>305</v>
+      </c>
+      <c r="D52" t="s">
+        <v>313</v>
+      </c>
+      <c r="E52" t="s">
+        <v>319</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>323</v>
+      </c>
+      <c r="H52" t="s">
+        <v>324</v>
+      </c>
+      <c r="I52" t="s">
+        <v>305</v>
+      </c>
+      <c r="J52" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>24</v>
+      </c>
+      <c r="B53" t="s">
+        <v>326</v>
+      </c>
+      <c r="C53" t="s">
+        <v>327</v>
+      </c>
+      <c r="D53" t="s">
+        <v>328</v>
+      </c>
+      <c r="E53" t="s">
+        <v>329</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>330</v>
+      </c>
+      <c r="H53" t="s">
+        <v>331</v>
+      </c>
+      <c r="I53" t="s">
+        <v>327</v>
+      </c>
+      <c r="J53" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>24</v>
+      </c>
+      <c r="B54" t="s">
+        <v>333</v>
+      </c>
+      <c r="C54" t="s">
+        <v>327</v>
+      </c>
+      <c r="D54" t="s">
+        <v>334</v>
+      </c>
+      <c r="E54" t="s">
+        <v>335</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>336</v>
+      </c>
+      <c r="H54" t="s">
+        <v>337</v>
+      </c>
+      <c r="I54" t="s">
+        <v>327</v>
+      </c>
+      <c r="J54" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>24</v>
+      </c>
+      <c r="B55" t="s">
+        <v>339</v>
+      </c>
+      <c r="C55" t="s">
+        <v>327</v>
+      </c>
+      <c r="D55" t="s">
+        <v>340</v>
+      </c>
+      <c r="E55" t="s">
+        <v>341</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>342</v>
+      </c>
+      <c r="H55" t="s">
+        <v>343</v>
+      </c>
+      <c r="I55" t="s">
+        <v>327</v>
+      </c>
+      <c r="J55" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>24</v>
+      </c>
+      <c r="B56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" t="s">
+        <v>346</v>
+      </c>
+      <c r="D56" t="s">
+        <v>347</v>
+      </c>
+      <c r="E56" t="s">
+        <v>348</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>349</v>
+      </c>
+      <c r="H56" t="s">
+        <v>350</v>
+      </c>
+      <c r="I56" t="s">
+        <v>346</v>
+      </c>
+      <c r="J56" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>24</v>
+      </c>
+      <c r="B57" t="s">
+        <v>351</v>
+      </c>
+      <c r="C57" t="s">
+        <v>305</v>
+      </c>
+      <c r="D57" t="s">
+        <v>347</v>
+      </c>
+      <c r="E57" t="s">
+        <v>352</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>353</v>
+      </c>
+      <c r="H57" t="s">
+        <v>354</v>
+      </c>
+      <c r="I57" t="s">
+        <v>305</v>
+      </c>
+      <c r="J57" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>24</v>
+      </c>
+      <c r="B58" t="s">
+        <v>137</v>
+      </c>
+      <c r="C58" t="s">
+        <v>160</v>
+      </c>
+      <c r="D58" t="s">
+        <v>356</v>
+      </c>
+      <c r="E58" t="s">
+        <v>357</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>358</v>
+      </c>
+      <c r="H58" t="s">
+        <v>359</v>
+      </c>
+      <c r="I58" t="s">
+        <v>160</v>
+      </c>
+      <c r="J58" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>24</v>
+      </c>
+      <c r="B59" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>361</v>
+      </c>
+      <c r="E59" t="s">
+        <v>362</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>363</v>
+      </c>
+      <c r="H59" t="s">
+        <v>364</v>
+      </c>
+      <c r="I59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>24</v>
+      </c>
+      <c r="B60" t="s">
+        <v>366</v>
+      </c>
+      <c r="C60" t="s">
+        <v>160</v>
+      </c>
+      <c r="D60" t="s">
+        <v>361</v>
+      </c>
+      <c r="E60" t="s">
+        <v>367</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>368</v>
+      </c>
+      <c r="H60" t="s">
+        <v>369</v>
+      </c>
+      <c r="I60" t="s">
+        <v>160</v>
+      </c>
+      <c r="J60" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B61" t="s">
+        <v>249</v>
+      </c>
+      <c r="C61" t="s">
+        <v>160</v>
+      </c>
+      <c r="D61" t="s">
+        <v>371</v>
+      </c>
+      <c r="E61" t="s">
+        <v>372</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>373</v>
+      </c>
+      <c r="H61" t="s">
+        <v>374</v>
+      </c>
+      <c r="I61" t="s">
+        <v>160</v>
+      </c>
+      <c r="J61" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>24</v>
+      </c>
+      <c r="B62" t="s">
+        <v>181</v>
+      </c>
+      <c r="C62" t="s">
+        <v>160</v>
+      </c>
+      <c r="D62" t="s">
+        <v>375</v>
+      </c>
+      <c r="E62" t="s">
+        <v>376</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>377</v>
+      </c>
+      <c r="H62" t="s">
+        <v>378</v>
+      </c>
+      <c r="I62" t="s">
+        <v>160</v>
+      </c>
+      <c r="J62" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>24</v>
+      </c>
+      <c r="B63" t="s">
+        <v>380</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>381</v>
+      </c>
+      <c r="E63" t="s">
+        <v>382</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>383</v>
+      </c>
+      <c r="H63" t="s">
+        <v>384</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>24</v>
+      </c>
+      <c r="B64" t="s">
+        <v>155</v>
+      </c>
+      <c r="C64" t="s">
+        <v>160</v>
+      </c>
+      <c r="D64" t="s">
+        <v>385</v>
+      </c>
+      <c r="E64" t="s">
+        <v>386</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>387</v>
+      </c>
+      <c r="H64" t="s">
+        <v>388</v>
+      </c>
+      <c r="I64" t="s">
+        <v>160</v>
+      </c>
+      <c r="J64" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>24</v>
+      </c>
+      <c r="B65" t="s">
+        <v>390</v>
+      </c>
+      <c r="C65" t="s">
+        <v>160</v>
+      </c>
+      <c r="D65" t="s">
+        <v>391</v>
+      </c>
+      <c r="E65" t="s">
+        <v>392</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>393</v>
+      </c>
+      <c r="H65" t="s">
+        <v>394</v>
+      </c>
+      <c r="I65" t="s">
+        <v>160</v>
+      </c>
+      <c r="J65" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>24</v>
+      </c>
+      <c r="B66" t="s">
+        <v>395</v>
+      </c>
+      <c r="C66" t="s">
+        <v>160</v>
+      </c>
+      <c r="D66" t="s">
+        <v>391</v>
+      </c>
+      <c r="E66" t="s">
+        <v>392</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>396</v>
+      </c>
+      <c r="H66" t="s">
+        <v>397</v>
+      </c>
+      <c r="I66" t="s">
+        <v>160</v>
+      </c>
+      <c r="J66" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>24</v>
+      </c>
+      <c r="B67" t="s">
+        <v>398</v>
+      </c>
+      <c r="C67" t="s">
+        <v>399</v>
+      </c>
+      <c r="D67" t="s">
+        <v>391</v>
+      </c>
+      <c r="E67" t="s">
+        <v>400</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>401</v>
+      </c>
+      <c r="H67" t="s">
+        <v>402</v>
+      </c>
+      <c r="I67" t="s">
+        <v>399</v>
+      </c>
+      <c r="J67" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>24</v>
+      </c>
+      <c r="B68" t="s">
+        <v>403</v>
+      </c>
+      <c r="C68" t="s">
+        <v>305</v>
+      </c>
+      <c r="D68" t="s">
+        <v>404</v>
+      </c>
+      <c r="E68" t="s">
+        <v>405</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>406</v>
+      </c>
+      <c r="H68" t="s">
+        <v>407</v>
+      </c>
+      <c r="I68" t="s">
+        <v>305</v>
+      </c>
+      <c r="J68" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>24</v>
+      </c>
+      <c r="B69" t="s">
+        <v>409</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>410</v>
+      </c>
+      <c r="E69" t="s">
+        <v>411</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>412</v>
+      </c>
+      <c r="H69" t="s">
+        <v>413</v>
+      </c>
+      <c r="I69" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>24</v>
+      </c>
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
+        <v>416</v>
+      </c>
+      <c r="D70" t="s">
+        <v>417</v>
+      </c>
+      <c r="E70" t="s">
+        <v>418</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>419</v>
+      </c>
+      <c r="H70" t="s">
+        <v>420</v>
+      </c>
+      <c r="I70" t="s">
+        <v>416</v>
+      </c>
+      <c r="J70" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>24</v>
+      </c>
+      <c r="B71" t="s">
+        <v>137</v>
+      </c>
+      <c r="C71" t="s">
+        <v>416</v>
+      </c>
+      <c r="D71" t="s">
+        <v>421</v>
+      </c>
+      <c r="E71" t="s">
+        <v>422</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>423</v>
+      </c>
+      <c r="H71" t="s">
+        <v>424</v>
+      </c>
+      <c r="I71" t="s">
+        <v>416</v>
+      </c>
+      <c r="J71" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>24</v>
+      </c>
+      <c r="B72" t="s">
+        <v>426</v>
+      </c>
+      <c r="C72" t="s">
+        <v>427</v>
+      </c>
+      <c r="D72" t="s">
+        <v>428</v>
+      </c>
+      <c r="E72" t="s">
+        <v>429</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>430</v>
+      </c>
+      <c r="H72" t="s">
+        <v>431</v>
+      </c>
+      <c r="I72" t="s">
+        <v>427</v>
+      </c>
+      <c r="J72" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>24</v>
+      </c>
+      <c r="B73" t="s">
+        <v>433</v>
+      </c>
+      <c r="C73" t="s">
+        <v>434</v>
+      </c>
+      <c r="D73" t="s">
+        <v>428</v>
+      </c>
+      <c r="E73" t="s">
+        <v>429</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>435</v>
+      </c>
+      <c r="H73" t="s">
+        <v>436</v>
+      </c>
+      <c r="I73" t="s">
+        <v>434</v>
+      </c>
+      <c r="J73" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>24</v>
+      </c>
+      <c r="B74" t="s">
+        <v>437</v>
+      </c>
+      <c r="C74" t="s">
+        <v>434</v>
+      </c>
+      <c r="D74" t="s">
+        <v>428</v>
+      </c>
+      <c r="E74" t="s">
+        <v>429</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>438</v>
+      </c>
+      <c r="H74" t="s">
+        <v>439</v>
+      </c>
+      <c r="I74" t="s">
+        <v>434</v>
+      </c>
+      <c r="J74" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>24</v>
+      </c>
+      <c r="B75" t="s">
+        <v>440</v>
+      </c>
+      <c r="C75" t="s">
+        <v>441</v>
+      </c>
+      <c r="D75" t="s">
+        <v>428</v>
+      </c>
+      <c r="E75" t="s">
+        <v>429</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>442</v>
+      </c>
+      <c r="H75" t="s">
+        <v>443</v>
+      </c>
+      <c r="I75" t="s">
+        <v>441</v>
+      </c>
+      <c r="J75" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>24</v>
+      </c>
+      <c r="B76" t="s">
+        <v>444</v>
+      </c>
+      <c r="C76" t="s">
+        <v>130</v>
+      </c>
+      <c r="D76" t="s">
+        <v>445</v>
+      </c>
+      <c r="E76" t="s">
+        <v>446</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>447</v>
+      </c>
+      <c r="H76" t="s">
+        <v>448</v>
+      </c>
+      <c r="I76" t="s">
+        <v>130</v>
+      </c>
+      <c r="J76" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>24</v>
+      </c>
+      <c r="B77" t="s">
+        <v>450</v>
+      </c>
+      <c r="C77" t="s">
+        <v>451</v>
+      </c>
+      <c r="D77" t="s">
+        <v>445</v>
+      </c>
+      <c r="E77" t="s">
+        <v>446</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>452</v>
+      </c>
+      <c r="H77" t="s">
+        <v>453</v>
+      </c>
+      <c r="I77" t="s">
+        <v>451</v>
+      </c>
+      <c r="J77" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>24</v>
+      </c>
+      <c r="B78" t="s">
+        <v>125</v>
+      </c>
+      <c r="C78" t="s">
+        <v>455</v>
+      </c>
+      <c r="D78" t="s">
+        <v>445</v>
+      </c>
+      <c r="E78" t="s">
+        <v>446</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>456</v>
+      </c>
+      <c r="H78" t="s">
+        <v>457</v>
+      </c>
+      <c r="I78" t="s">
+        <v>455</v>
+      </c>
+      <c r="J78" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>24</v>
+      </c>
+      <c r="B79" t="s">
+        <v>282</v>
+      </c>
+      <c r="C79" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" t="s">
+        <v>445</v>
+      </c>
+      <c r="E79" t="s">
+        <v>446</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>458</v>
+      </c>
+      <c r="H79" t="s">
+        <v>459</v>
+      </c>
+      <c r="I79" t="s">
+        <v>276</v>
+      </c>
+      <c r="J79" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>24</v>
+      </c>
+      <c r="B80" t="s">
+        <v>461</v>
+      </c>
+      <c r="C80" t="s">
+        <v>276</v>
+      </c>
+      <c r="D80" t="s">
+        <v>445</v>
+      </c>
+      <c r="E80" t="s">
+        <v>446</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>462</v>
+      </c>
+      <c r="H80" t="s">
+        <v>463</v>
+      </c>
+      <c r="I80" t="s">
+        <v>276</v>
+      </c>
+      <c r="J80" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>24</v>
+      </c>
+      <c r="B81" t="s">
+        <v>465</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>466</v>
+      </c>
+      <c r="E81" t="s">
+        <v>467</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>468</v>
+      </c>
+      <c r="H81" t="s">
+        <v>469</v>
+      </c>
+      <c r="I81" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>24</v>
+      </c>
+      <c r="B82" t="s">
+        <v>471</v>
+      </c>
+      <c r="C82" t="s">
+        <v>472</v>
+      </c>
+      <c r="D82" t="s">
+        <v>473</v>
+      </c>
+      <c r="E82" t="s">
+        <v>474</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>475</v>
+      </c>
+      <c r="H82" t="s">
+        <v>476</v>
+      </c>
+      <c r="I82" t="s">
+        <v>472</v>
+      </c>
+      <c r="J82" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>24</v>
+      </c>
+      <c r="B83" t="s">
+        <v>478</v>
+      </c>
+      <c r="C83" t="s">
+        <v>479</v>
+      </c>
+      <c r="D83" t="s">
+        <v>480</v>
+      </c>
+      <c r="E83" t="s">
+        <v>481</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>482</v>
+      </c>
+      <c r="H83" t="s">
+        <v>483</v>
+      </c>
+      <c r="I83" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>24</v>
+      </c>
+      <c r="B84" t="s">
+        <v>484</v>
+      </c>
+      <c r="C84" t="s">
+        <v>485</v>
+      </c>
+      <c r="D84" t="s">
+        <v>486</v>
+      </c>
+      <c r="E84" t="s">
+        <v>487</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>488</v>
+      </c>
+      <c r="H84" t="s">
+        <v>489</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>24</v>
+      </c>
+      <c r="B85" t="s">
+        <v>491</v>
+      </c>
+      <c r="C85" t="s">
+        <v>492</v>
+      </c>
+      <c r="D85" t="s">
+        <v>486</v>
+      </c>
+      <c r="E85" t="s">
+        <v>493</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>494</v>
+      </c>
+      <c r="H85" t="s">
+        <v>495</v>
+      </c>
+      <c r="I85" t="s">
+        <v>13</v>
+      </c>
+      <c r="J85" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>24</v>
+      </c>
+      <c r="B86" t="s">
+        <v>497</v>
+      </c>
+      <c r="C86" t="s">
+        <v>498</v>
+      </c>
+      <c r="D86" t="s">
+        <v>499</v>
+      </c>
+      <c r="E86" t="s">
+        <v>500</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>501</v>
+      </c>
+      <c r="H86" t="s">
+        <v>502</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>24</v>
+      </c>
+      <c r="B87" t="s">
+        <v>503</v>
+      </c>
+      <c r="C87" t="s">
+        <v>498</v>
+      </c>
+      <c r="D87" t="s">
+        <v>499</v>
+      </c>
+      <c r="E87" t="s">
+        <v>500</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>504</v>
+      </c>
+      <c r="H87" t="s">
+        <v>505</v>
+      </c>
+      <c r="I87" t="s">
+        <v>13</v>
+      </c>
+      <c r="J87" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>24</v>
+      </c>
+      <c r="B88" t="s">
+        <v>506</v>
+      </c>
+      <c r="C88" t="s">
+        <v>416</v>
+      </c>
+      <c r="D88" t="s">
+        <v>507</v>
+      </c>
+      <c r="E88" t="s">
+        <v>508</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>509</v>
+      </c>
+      <c r="H88" t="s">
+        <v>510</v>
+      </c>
+      <c r="I88" t="s">
+        <v>416</v>
+      </c>
+      <c r="J88" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>24</v>
+      </c>
+      <c r="B89" t="s">
+        <v>511</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>512</v>
+      </c>
+      <c r="E89" t="s">
+        <v>513</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>514</v>
+      </c>
+      <c r="H89" t="s">
+        <v>515</v>
+      </c>
+      <c r="I89" t="s">
+        <v>13</v>
+      </c>
+      <c r="J89" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>24</v>
+      </c>
+      <c r="B90" t="s">
+        <v>517</v>
+      </c>
+      <c r="C90" t="s">
+        <v>518</v>
+      </c>
+      <c r="D90" t="s">
+        <v>519</v>
+      </c>
+      <c r="E90" t="s">
+        <v>520</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>521</v>
+      </c>
+      <c r="H90" t="s">
+        <v>522</v>
+      </c>
+      <c r="I90" t="s">
+        <v>523</v>
+      </c>
+      <c r="J90" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>24</v>
+      </c>
+      <c r="B91" t="s">
+        <v>525</v>
+      </c>
+      <c r="C91" t="s">
+        <v>518</v>
+      </c>
+      <c r="D91" t="s">
+        <v>519</v>
+      </c>
+      <c r="E91" t="s">
+        <v>526</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>527</v>
+      </c>
+      <c r="H91" t="s">
+        <v>528</v>
+      </c>
+      <c r="I91" t="s">
+        <v>523</v>
+      </c>
+      <c r="J91" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>24</v>
+      </c>
+      <c r="B92" t="s">
+        <v>529</v>
+      </c>
+      <c r="C92" t="s">
+        <v>416</v>
+      </c>
+      <c r="D92" t="s">
+        <v>530</v>
+      </c>
+      <c r="E92" t="s">
+        <v>531</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>532</v>
+      </c>
+      <c r="H92" t="s">
+        <v>533</v>
+      </c>
+      <c r="I92" t="s">
+        <v>416</v>
+      </c>
+      <c r="J92" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>24</v>
+      </c>
+      <c r="B93" t="s">
+        <v>534</v>
+      </c>
+      <c r="C93" t="s">
+        <v>416</v>
+      </c>
+      <c r="D93" t="s">
+        <v>530</v>
+      </c>
+      <c r="E93" t="s">
+        <v>531</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>535</v>
+      </c>
+      <c r="H93" t="s">
+        <v>536</v>
+      </c>
+      <c r="I93" t="s">
+        <v>416</v>
+      </c>
+      <c r="J93" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>24</v>
+      </c>
+      <c r="B94" t="s">
+        <v>537</v>
+      </c>
+      <c r="C94" t="s">
+        <v>538</v>
+      </c>
+      <c r="D94" t="s">
+        <v>539</v>
+      </c>
+      <c r="E94" t="s">
+        <v>540</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>541</v>
+      </c>
+      <c r="H94" t="s">
+        <v>542</v>
+      </c>
+      <c r="I94" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>24</v>
+      </c>
+      <c r="B95" t="s">
+        <v>544</v>
+      </c>
+      <c r="C95" t="s">
+        <v>538</v>
+      </c>
+      <c r="D95" t="s">
+        <v>539</v>
+      </c>
+      <c r="E95" t="s">
+        <v>540</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>545</v>
+      </c>
+      <c r="H95" t="s">
+        <v>546</v>
+      </c>
+      <c r="I95" t="s">
+        <v>13</v>
+      </c>
+      <c r="J95" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>24</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>523</v>
+      </c>
+      <c r="D96" t="s">
+        <v>548</v>
+      </c>
+      <c r="E96" t="s">
+        <v>549</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>550</v>
+      </c>
+      <c r="H96" t="s">
+        <v>551</v>
+      </c>
+      <c r="I96" t="s">
+        <v>523</v>
+      </c>
+      <c r="J96" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>24</v>
+      </c>
+      <c r="B97" t="s">
+        <v>553</v>
+      </c>
+      <c r="C97" t="s">
+        <v>554</v>
+      </c>
+      <c r="D97" t="s">
+        <v>555</v>
+      </c>
+      <c r="E97" t="s">
+        <v>556</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>557</v>
+      </c>
+      <c r="H97" t="s">
+        <v>558</v>
+      </c>
+      <c r="I97" t="s">
+        <v>554</v>
+      </c>
+      <c r="J97" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>24</v>
+      </c>
+      <c r="B98" t="s">
+        <v>560</v>
+      </c>
+      <c r="C98" t="s">
+        <v>523</v>
+      </c>
+      <c r="D98" t="s">
+        <v>561</v>
+      </c>
+      <c r="E98" t="s">
+        <v>562</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>563</v>
+      </c>
+      <c r="H98" t="s">
+        <v>564</v>
+      </c>
+      <c r="I98" t="s">
+        <v>523</v>
+      </c>
+      <c r="J98" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>24</v>
+      </c>
+      <c r="B99" t="s">
+        <v>565</v>
+      </c>
+      <c r="C99" t="s">
+        <v>566</v>
+      </c>
+      <c r="D99" t="s">
+        <v>561</v>
+      </c>
+      <c r="E99" t="s">
+        <v>567</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>568</v>
+      </c>
+      <c r="H99" t="s">
+        <v>569</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>24</v>
+      </c>
+      <c r="B100" t="s">
+        <v>570</v>
+      </c>
+      <c r="C100" t="s">
+        <v>566</v>
+      </c>
+      <c r="D100" t="s">
+        <v>561</v>
+      </c>
+      <c r="E100" t="s">
+        <v>571</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>572</v>
+      </c>
+      <c r="H100" t="s">
+        <v>573</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>24</v>
+      </c>
+      <c r="B101" t="s">
+        <v>574</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>575</v>
+      </c>
+      <c r="E101" t="s">
+        <v>576</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>577</v>
+      </c>
+      <c r="H101" t="s">
+        <v>578</v>
+      </c>
+      <c r="I101" t="s">
+        <v>13</v>
+      </c>
+      <c r="J101" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>24</v>
+      </c>
+      <c r="B102" t="s">
+        <v>580</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>575</v>
+      </c>
+      <c r="E102" t="s">
+        <v>576</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>581</v>
+      </c>
+      <c r="H102" t="s">
+        <v>582</v>
+      </c>
+      <c r="I102" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>24</v>
+      </c>
+      <c r="B103" t="s">
+        <v>584</v>
+      </c>
+      <c r="C103" t="s">
+        <v>585</v>
+      </c>
+      <c r="D103" t="s">
+        <v>586</v>
+      </c>
+      <c r="E103" t="s">
+        <v>587</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>588</v>
+      </c>
+      <c r="H103" t="s">
+        <v>589</v>
+      </c>
+      <c r="I103" t="s">
+        <v>13</v>
+      </c>
+      <c r="J103" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>24</v>
+      </c>
+      <c r="B104" t="s">
+        <v>591</v>
+      </c>
+      <c r="C104" t="s">
+        <v>585</v>
+      </c>
+      <c r="D104" t="s">
+        <v>586</v>
+      </c>
+      <c r="E104" t="s">
+        <v>587</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>592</v>
+      </c>
+      <c r="H104" t="s">
+        <v>593</v>
+      </c>
+      <c r="I104" t="s">
+        <v>13</v>
+      </c>
+      <c r="J104" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>24</v>
+      </c>
+      <c r="B105" t="s">
+        <v>594</v>
+      </c>
+      <c r="C105" t="s">
+        <v>595</v>
+      </c>
+      <c r="D105" t="s">
+        <v>596</v>
+      </c>
+      <c r="E105" t="s">
+        <v>597</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>598</v>
+      </c>
+      <c r="H105" t="s">
+        <v>599</v>
+      </c>
+      <c r="I105" t="s">
+        <v>13</v>
+      </c>
+      <c r="J105" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>24</v>
+      </c>
+      <c r="B106" t="s">
+        <v>600</v>
+      </c>
+      <c r="C106" t="s">
+        <v>595</v>
+      </c>
+      <c r="D106" t="s">
+        <v>596</v>
+      </c>
+      <c r="E106" t="s">
+        <v>597</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>601</v>
+      </c>
+      <c r="H106" t="s">
+        <v>602</v>
+      </c>
+      <c r="I106" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>24</v>
+      </c>
+      <c r="B107" t="s">
+        <v>603</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>604</v>
+      </c>
+      <c r="E107" t="s">
+        <v>605</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>606</v>
+      </c>
+      <c r="H107" t="s">
+        <v>607</v>
+      </c>
+      <c r="I107" t="s">
+        <v>13</v>
+      </c>
+      <c r="J107" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>24</v>
+      </c>
+      <c r="B108" t="s">
+        <v>609</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>610</v>
+      </c>
+      <c r="E108" t="s">
+        <v>611</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>612</v>
+      </c>
+      <c r="H108" t="s">
+        <v>613</v>
+      </c>
+      <c r="I108" t="s">
+        <v>13</v>
+      </c>
+      <c r="J108" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>24</v>
+      </c>
+      <c r="B109" t="s">
+        <v>614</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>610</v>
+      </c>
+      <c r="E109" t="s">
+        <v>611</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>615</v>
+      </c>
+      <c r="H109" t="s">
+        <v>616</v>
+      </c>
+      <c r="I109" t="s">
+        <v>13</v>
+      </c>
+      <c r="J109" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>24</v>
+      </c>
+      <c r="B110" t="s">
+        <v>618</v>
+      </c>
+      <c r="C110" t="s">
+        <v>619</v>
+      </c>
+      <c r="D110" t="s">
+        <v>620</v>
+      </c>
+      <c r="E110" t="s">
+        <v>621</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>622</v>
+      </c>
+      <c r="H110" t="s">
+        <v>623</v>
+      </c>
+      <c r="I110" t="s">
+        <v>13</v>
+      </c>
+      <c r="J110" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>24</v>
+      </c>
+      <c r="B111" t="s">
+        <v>624</v>
+      </c>
+      <c r="C111" t="s">
+        <v>625</v>
+      </c>
+      <c r="D111" t="s">
+        <v>626</v>
+      </c>
+      <c r="E111" t="s">
+        <v>627</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>628</v>
+      </c>
+      <c r="H111" t="s">
+        <v>629</v>
+      </c>
+      <c r="I111" t="s">
+        <v>13</v>
+      </c>
+      <c r="J111" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>24</v>
+      </c>
+      <c r="B112" t="s">
+        <v>631</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>632</v>
+      </c>
+      <c r="E112" t="s">
+        <v>633</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>634</v>
+      </c>
+      <c r="H112" t="s">
+        <v>635</v>
+      </c>
+      <c r="I112" t="s">
+        <v>13</v>
+      </c>
+      <c r="J112" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>24</v>
+      </c>
+      <c r="B113" t="s">
+        <v>636</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>637</v>
+      </c>
+      <c r="E113" t="s">
+        <v>638</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>639</v>
+      </c>
+      <c r="H113" t="s">
+        <v>640</v>
+      </c>
+      <c r="I113" t="s">
+        <v>13</v>
+      </c>
+      <c r="J113" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>24</v>
+      </c>
+      <c r="B114" t="s">
+        <v>642</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>643</v>
+      </c>
+      <c r="E114" t="s">
+        <v>644</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>645</v>
+      </c>
+      <c r="H114" t="s">
+        <v>646</v>
+      </c>
+      <c r="I114" t="s">
+        <v>13</v>
+      </c>
+      <c r="J114" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>24</v>
+      </c>
+      <c r="B115" t="s">
+        <v>647</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>648</v>
+      </c>
+      <c r="E115" t="s">
+        <v>649</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>650</v>
+      </c>
+      <c r="H115" t="s">
+        <v>651</v>
+      </c>
+      <c r="I115" t="s">
+        <v>13</v>
+      </c>
+      <c r="J115" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>24</v>
+      </c>
+      <c r="B116" t="s">
+        <v>653</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>654</v>
+      </c>
+      <c r="E116" t="s">
+        <v>655</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>656</v>
+      </c>
+      <c r="H116" t="s">
+        <v>657</v>
+      </c>
+      <c r="I116" t="s">
+        <v>13</v>
+      </c>
+      <c r="J116" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>24</v>
+      </c>
+      <c r="B117" t="s">
+        <v>659</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>660</v>
+      </c>
+      <c r="E117" t="s">
+        <v>655</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>661</v>
+      </c>
+      <c r="H117" t="s">
+        <v>662</v>
+      </c>
+      <c r="I117" t="s">
+        <v>13</v>
+      </c>
+      <c r="J117" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>24</v>
+      </c>
+      <c r="B118" t="s">
+        <v>664</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>665</v>
+      </c>
+      <c r="E118" t="s">
+        <v>655</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>666</v>
+      </c>
+      <c r="H118" t="s">
+        <v>667</v>
+      </c>
+      <c r="I118" t="s">
+        <v>13</v>
+      </c>
+      <c r="J118" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>24</v>
+      </c>
+      <c r="B119" t="s">
+        <v>669</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>665</v>
+      </c>
+      <c r="E119" t="s">
+        <v>655</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>670</v>
+      </c>
+      <c r="H119" t="s">
+        <v>671</v>
+      </c>
+      <c r="I119" t="s">
+        <v>13</v>
+      </c>
+      <c r="J119" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>24</v>
+      </c>
+      <c r="B120" t="s">
+        <v>672</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>665</v>
+      </c>
+      <c r="E120" t="s">
+        <v>655</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>673</v>
+      </c>
+      <c r="H120" t="s">
+        <v>674</v>
+      </c>
+      <c r="I120" t="s">
+        <v>13</v>
+      </c>
+      <c r="J120" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>24</v>
+      </c>
+      <c r="B121" t="s">
+        <v>675</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>665</v>
+      </c>
+      <c r="E121" t="s">
+        <v>655</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>676</v>
+      </c>
+      <c r="H121" t="s">
+        <v>677</v>
+      </c>
+      <c r="I121" t="s">
+        <v>13</v>
+      </c>
+      <c r="J121" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>24</v>
+      </c>
+      <c r="B122" t="s">
+        <v>678</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>665</v>
+      </c>
+      <c r="E122" t="s">
+        <v>655</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>679</v>
+      </c>
+      <c r="H122" t="s">
+        <v>680</v>
+      </c>
+      <c r="I122" t="s">
+        <v>13</v>
+      </c>
+      <c r="J122" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>24</v>
+      </c>
+      <c r="B123" t="s">
+        <v>681</v>
+      </c>
+      <c r="C123" t="s">
+        <v>554</v>
+      </c>
+      <c r="D123" t="s">
+        <v>682</v>
+      </c>
+      <c r="E123" t="s">
+        <v>683</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>684</v>
+      </c>
+      <c r="H123" t="s">
+        <v>685</v>
+      </c>
+      <c r="I123" t="s">
+        <v>554</v>
+      </c>
+      <c r="J123" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>24</v>
+      </c>
+      <c r="B124" t="s">
+        <v>687</v>
+      </c>
+      <c r="C124" t="s">
+        <v>554</v>
+      </c>
+      <c r="D124" t="s">
+        <v>682</v>
+      </c>
+      <c r="E124" t="s">
+        <v>683</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>688</v>
+      </c>
+      <c r="H124" t="s">
+        <v>689</v>
+      </c>
+      <c r="I124" t="s">
+        <v>554</v>
+      </c>
+      <c r="J124" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>24</v>
+      </c>
+      <c r="B125" t="s">
+        <v>690</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>691</v>
+      </c>
+      <c r="E125" t="s">
+        <v>692</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>693</v>
+      </c>
+      <c r="H125" t="s">
+        <v>694</v>
+      </c>
+      <c r="I125" t="s">
+        <v>13</v>
+      </c>
+      <c r="J125" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>24</v>
+      </c>
+      <c r="B126" t="s">
+        <v>695</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>696</v>
+      </c>
+      <c r="E126" t="s">
+        <v>697</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>698</v>
+      </c>
+      <c r="H126" t="s">
+        <v>699</v>
+      </c>
+      <c r="I126" t="s">
+        <v>13</v>
+      </c>
+      <c r="J126" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>24</v>
+      </c>
+      <c r="B127" t="s">
+        <v>701</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>702</v>
+      </c>
+      <c r="E127" t="s">
+        <v>703</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>704</v>
+      </c>
+      <c r="H127" t="s">
+        <v>705</v>
+      </c>
+      <c r="I127" t="s">
+        <v>13</v>
+      </c>
+      <c r="J127" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>24</v>
+      </c>
+      <c r="B128" t="s">
+        <v>366</v>
+      </c>
+      <c r="C128" t="s">
+        <v>554</v>
+      </c>
+      <c r="D128" t="s">
+        <v>706</v>
+      </c>
+      <c r="E128" t="s">
+        <v>707</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>708</v>
+      </c>
+      <c r="H128" t="s">
+        <v>709</v>
+      </c>
+      <c r="I128" t="s">
+        <v>554</v>
+      </c>
+      <c r="J128" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>24</v>
+      </c>
+      <c r="B129" t="s">
+        <v>701</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>711</v>
+      </c>
+      <c r="E129" t="s">
+        <v>712</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>713</v>
+      </c>
+      <c r="H129" t="s">
+        <v>714</v>
+      </c>
+      <c r="I129" t="s">
+        <v>13</v>
+      </c>
+      <c r="J129" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>24</v>
+      </c>
+      <c r="B130" t="s">
+        <v>715</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>716</v>
+      </c>
+      <c r="E130" t="s">
+        <v>717</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>718</v>
+      </c>
+      <c r="H130" t="s">
+        <v>719</v>
+      </c>
+      <c r="I130" t="s">
+        <v>13</v>
+      </c>
+      <c r="J130" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>24</v>
+      </c>
+      <c r="B131" t="s">
+        <v>720</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>721</v>
+      </c>
+      <c r="E131" t="s">
+        <v>722</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>723</v>
+      </c>
+      <c r="H131" t="s">
+        <v>724</v>
+      </c>
+      <c r="I131" t="s">
+        <v>13</v>
+      </c>
+      <c r="J131" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>24</v>
+      </c>
+      <c r="B132" t="s">
+        <v>725</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>726</v>
+      </c>
+      <c r="E132" t="s">
+        <v>727</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>728</v>
+      </c>
+      <c r="H132" t="s">
+        <v>729</v>
+      </c>
+      <c r="I132" t="s">
+        <v>13</v>
+      </c>
+      <c r="J132" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>24</v>
+      </c>
+      <c r="B133" t="s">
+        <v>444</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>731</v>
+      </c>
+      <c r="E133" t="s">
+        <v>732</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>733</v>
+      </c>
+      <c r="H133" t="s">
+        <v>734</v>
+      </c>
+      <c r="I133" t="s">
+        <v>13</v>
+      </c>
+      <c r="J133" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>24</v>
+      </c>
+      <c r="B134" t="s">
+        <v>701</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>736</v>
+      </c>
+      <c r="E134" t="s">
+        <v>737</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>738</v>
+      </c>
+      <c r="H134" t="s">
+        <v>739</v>
+      </c>
+      <c r="I134" t="s">
+        <v>13</v>
+      </c>
+      <c r="J134" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>24</v>
+      </c>
+      <c r="B135" t="s">
+        <v>740</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>741</v>
+      </c>
+      <c r="E135" t="s">
+        <v>742</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>743</v>
+      </c>
+      <c r="H135" t="s">
+        <v>744</v>
+      </c>
+      <c r="I135" t="s">
+        <v>13</v>
+      </c>
+      <c r="J135" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>24</v>
+      </c>
+      <c r="B136" t="s">
+        <v>746</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>18</v>
+      </c>
+      <c r="E136" t="s">
+        <v>747</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>748</v>
+      </c>
+      <c r="H136" t="s">
+        <v>749</v>
+      </c>
+      <c r="I136" t="s">
+        <v>13</v>
+      </c>
+      <c r="J136" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>24</v>
+      </c>
+      <c r="B137" t="s">
+        <v>750</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>18</v>
+      </c>
+      <c r="E137" t="s">
+        <v>751</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>752</v>
+      </c>
+      <c r="H137" t="s">
+        <v>753</v>
+      </c>
+      <c r="I137" t="s">
+        <v>13</v>
+      </c>
+      <c r="J137" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>24</v>
+      </c>
+      <c r="B138" t="s">
+        <v>282</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>731</v>
+      </c>
+      <c r="E138" t="s">
+        <v>754</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>755</v>
+      </c>
+      <c r="H138" t="s">
+        <v>756</v>
+      </c>
+      <c r="I138" t="s">
+        <v>13</v>
+      </c>
+      <c r="J138" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>24</v>
+      </c>
+      <c r="B139" t="s">
+        <v>758</v>
+      </c>
+      <c r="C139" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" t="s">
+        <v>731</v>
+      </c>
+      <c r="E139" t="s">
+        <v>759</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>760</v>
+      </c>
+      <c r="H139" t="s">
+        <v>761</v>
+      </c>
+      <c r="I139" t="s">
+        <v>13</v>
+      </c>
+      <c r="J139" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>24</v>
+      </c>
+      <c r="B140" t="s">
+        <v>763</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>731</v>
+      </c>
+      <c r="E140" t="s">
+        <v>764</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>765</v>
+      </c>
+      <c r="H140" t="s">
+        <v>766</v>
+      </c>
+      <c r="I140" t="s">
+        <v>13</v>
+      </c>
+      <c r="J140" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>24</v>
+      </c>
+      <c r="B141" t="s">
+        <v>304</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" t="s">
+        <v>768</v>
+      </c>
+      <c r="E141" t="s">
+        <v>769</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>770</v>
+      </c>
+      <c r="H141" t="s">
+        <v>771</v>
+      </c>
+      <c r="I141" t="s">
+        <v>13</v>
+      </c>
+      <c r="J141" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>24</v>
+      </c>
+      <c r="B142" t="s">
+        <v>773</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>774</v>
+      </c>
+      <c r="E142" t="s">
+        <v>775</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>776</v>
+      </c>
+      <c r="H142" t="s">
+        <v>777</v>
+      </c>
+      <c r="I142" t="s">
+        <v>13</v>
+      </c>
+      <c r="J142" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>24</v>
+      </c>
+      <c r="B143" t="s">
+        <v>779</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>774</v>
+      </c>
+      <c r="E143" t="s">
+        <v>780</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>781</v>
+      </c>
+      <c r="H143" t="s">
+        <v>782</v>
+      </c>
+      <c r="I143" t="s">
+        <v>13</v>
+      </c>
+      <c r="J143" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>24</v>
+      </c>
+      <c r="B144" t="s">
+        <v>695</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>783</v>
+      </c>
+      <c r="E144" t="s">
+        <v>784</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>785</v>
+      </c>
+      <c r="H144" t="s">
+        <v>786</v>
+      </c>
+      <c r="I144" t="s">
+        <v>13</v>
+      </c>
+      <c r="J144" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>24</v>
+      </c>
+      <c r="B145" t="s">
+        <v>787</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>788</v>
+      </c>
+      <c r="E145" t="s">
+        <v>789</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>790</v>
+      </c>
+      <c r="H145" t="s">
+        <v>791</v>
+      </c>
+      <c r="I145" t="s">
+        <v>13</v>
+      </c>
+      <c r="J145" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>24</v>
+      </c>
+      <c r="B146" t="s">
+        <v>740</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>792</v>
+      </c>
+      <c r="E146" t="s">
+        <v>793</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>794</v>
+      </c>
+      <c r="H146" t="s">
+        <v>795</v>
+      </c>
+      <c r="I146" t="s">
+        <v>13</v>
+      </c>
+      <c r="J146" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>24</v>
+      </c>
+      <c r="B147" t="s">
+        <v>797</v>
+      </c>
+      <c r="C147" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" t="s">
+        <v>798</v>
+      </c>
+      <c r="E147" t="s">
+        <v>798</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>799</v>
+      </c>
+      <c r="H147" t="s">
+        <v>800</v>
+      </c>
+      <c r="I147" t="s">
+        <v>13</v>
+      </c>
+      <c r="J147" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>24</v>
+      </c>
+      <c r="B148" t="s">
+        <v>802</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>803</v>
+      </c>
+      <c r="E148" t="s">
+        <v>803</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>804</v>
+      </c>
+      <c r="H148" t="s">
+        <v>805</v>
+      </c>
+      <c r="I148" t="s">
+        <v>13</v>
+      </c>
+      <c r="J148" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>24</v>
+      </c>
+      <c r="B149" t="s">
+        <v>807</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>808</v>
+      </c>
+      <c r="E149" t="s">
+        <v>808</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>809</v>
+      </c>
+      <c r="H149" t="s">
+        <v>810</v>
+      </c>
+      <c r="I149" t="s">
+        <v>13</v>
+      </c>
+      <c r="J149" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>24</v>
+      </c>
+      <c r="B150" t="s">
+        <v>811</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>808</v>
+      </c>
+      <c r="E150" t="s">
+        <v>808</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>812</v>
+      </c>
+      <c r="H150" t="s">
+        <v>813</v>
+      </c>
+      <c r="I150" t="s">
+        <v>13</v>
+      </c>
+      <c r="J150" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>24</v>
+      </c>
+      <c r="B151" t="s">
+        <v>815</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>808</v>
+      </c>
+      <c r="E151" t="s">
+        <v>808</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>816</v>
+      </c>
+      <c r="H151" t="s">
+        <v>817</v>
+      </c>
+      <c r="I151" t="s">
+        <v>13</v>
+      </c>
+      <c r="J151" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>24</v>
+      </c>
+      <c r="B152" t="s">
+        <v>819</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>808</v>
+      </c>
+      <c r="E152" t="s">
+        <v>808</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>820</v>
+      </c>
+      <c r="H152" t="s">
+        <v>821</v>
+      </c>
+      <c r="I152" t="s">
+        <v>13</v>
+      </c>
+      <c r="J152" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>24</v>
+      </c>
+      <c r="B153" t="s">
+        <v>822</v>
+      </c>
+      <c r="C153" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" t="s">
+        <v>808</v>
+      </c>
+      <c r="E153" t="s">
+        <v>808</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>823</v>
+      </c>
+      <c r="H153" t="s">
+        <v>824</v>
+      </c>
+      <c r="I153" t="s">
+        <v>13</v>
+      </c>
+      <c r="J153" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>24</v>
+      </c>
+      <c r="B154" t="s">
+        <v>825</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>808</v>
+      </c>
+      <c r="E154" t="s">
+        <v>808</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>826</v>
+      </c>
+      <c r="H154" t="s">
+        <v>827</v>
+      </c>
+      <c r="I154" t="s">
+        <v>13</v>
+      </c>
+      <c r="J154" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>24</v>
+      </c>
+      <c r="B155" t="s">
+        <v>828</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>808</v>
+      </c>
+      <c r="E155" t="s">
+        <v>808</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>829</v>
+      </c>
+      <c r="H155" t="s">
+        <v>830</v>
+      </c>
+      <c r="I155" t="s">
+        <v>13</v>
+      </c>
+      <c r="J155" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>24</v>
+      </c>
+      <c r="B156" t="s">
+        <v>832</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>808</v>
+      </c>
+      <c r="E156" t="s">
+        <v>808</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>833</v>
+      </c>
+      <c r="H156" t="s">
+        <v>834</v>
+      </c>
+      <c r="I156" t="s">
+        <v>13</v>
+      </c>
+      <c r="J156" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>24</v>
+      </c>
+      <c r="B157" t="s">
+        <v>835</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>808</v>
+      </c>
+      <c r="E157" t="s">
+        <v>808</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>836</v>
+      </c>
+      <c r="H157" t="s">
+        <v>837</v>
+      </c>
+      <c r="I157" t="s">
+        <v>13</v>
+      </c>
+      <c r="J157" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>24</v>
+      </c>
+      <c r="B158" t="s">
+        <v>838</v>
+      </c>
+      <c r="C158" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" t="s">
+        <v>808</v>
+      </c>
+      <c r="E158" t="s">
+        <v>808</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>839</v>
+      </c>
+      <c r="H158" t="s">
+        <v>840</v>
+      </c>
+      <c r="I158" t="s">
+        <v>13</v>
+      </c>
+      <c r="J158" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>24</v>
+      </c>
+      <c r="B159" t="s">
+        <v>841</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>808</v>
+      </c>
+      <c r="E159" t="s">
+        <v>808</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>842</v>
+      </c>
+      <c r="H159" t="s">
+        <v>843</v>
+      </c>
+      <c r="I159" t="s">
+        <v>13</v>
+      </c>
+      <c r="J159" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>24</v>
+      </c>
+      <c r="B160" t="s">
+        <v>844</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>808</v>
+      </c>
+      <c r="E160" t="s">
+        <v>808</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>845</v>
+      </c>
+      <c r="H160" t="s">
+        <v>846</v>
+      </c>
+      <c r="I160" t="s">
+        <v>13</v>
+      </c>
+      <c r="J160" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>24</v>
+      </c>
+      <c r="B161" t="s">
+        <v>847</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>808</v>
+      </c>
+      <c r="E161" t="s">
+        <v>808</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>848</v>
+      </c>
+      <c r="H161" t="s">
+        <v>849</v>
+      </c>
+      <c r="I161" t="s">
+        <v>13</v>
+      </c>
+      <c r="J161" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>24</v>
+      </c>
+      <c r="B162" t="s">
+        <v>850</v>
+      </c>
+      <c r="C162" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" t="s">
+        <v>808</v>
+      </c>
+      <c r="E162" t="s">
+        <v>808</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>851</v>
+      </c>
+      <c r="H162" t="s">
+        <v>852</v>
+      </c>
+      <c r="I162" t="s">
+        <v>13</v>
+      </c>
+      <c r="J162" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>24</v>
+      </c>
+      <c r="B163" t="s">
+        <v>853</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>808</v>
+      </c>
+      <c r="E163" t="s">
+        <v>808</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>854</v>
+      </c>
+      <c r="H163" t="s">
+        <v>855</v>
+      </c>
+      <c r="I163" t="s">
+        <v>13</v>
+      </c>
+      <c r="J163" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>24</v>
+      </c>
+      <c r="B164" t="s">
+        <v>856</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>808</v>
+      </c>
+      <c r="E164" t="s">
+        <v>808</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>857</v>
+      </c>
+      <c r="H164" t="s">
+        <v>858</v>
+      </c>
+      <c r="I164" t="s">
+        <v>13</v>
+      </c>
+      <c r="J164" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>24</v>
+      </c>
+      <c r="B165" t="s">
+        <v>859</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>808</v>
+      </c>
+      <c r="E165" t="s">
+        <v>808</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>860</v>
+      </c>
+      <c r="H165" t="s">
+        <v>861</v>
+      </c>
+      <c r="I165" t="s">
+        <v>13</v>
+      </c>
+      <c r="J165" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>24</v>
+      </c>
+      <c r="B166" t="s">
+        <v>862</v>
+      </c>
+      <c r="C166" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" t="s">
+        <v>808</v>
+      </c>
+      <c r="E166" t="s">
+        <v>808</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>863</v>
+      </c>
+      <c r="H166" t="s">
+        <v>864</v>
+      </c>
+      <c r="I166" t="s">
+        <v>13</v>
+      </c>
+      <c r="J166" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>24</v>
+      </c>
+      <c r="B167" t="s">
+        <v>865</v>
+      </c>
+      <c r="C167" t="s">
+        <v>13</v>
+      </c>
+      <c r="D167" t="s">
+        <v>808</v>
+      </c>
+      <c r="E167" t="s">
+        <v>808</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>866</v>
+      </c>
+      <c r="H167" t="s">
+        <v>867</v>
+      </c>
+      <c r="I167" t="s">
+        <v>13</v>
+      </c>
+      <c r="J167" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>24</v>
+      </c>
+      <c r="B168" t="s">
+        <v>802</v>
+      </c>
+      <c r="C168" t="s">
+        <v>13</v>
+      </c>
+      <c r="D168" t="s">
+        <v>868</v>
+      </c>
+      <c r="E168" t="s">
+        <v>868</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>869</v>
+      </c>
+      <c r="H168" t="s">
+        <v>870</v>
+      </c>
+      <c r="I168" t="s">
+        <v>13</v>
+      </c>
+      <c r="J168" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>24</v>
+      </c>
+      <c r="B169" t="s">
+        <v>871</v>
+      </c>
+      <c r="C169" t="s">
+        <v>13</v>
+      </c>
+      <c r="D169" t="s">
+        <v>872</v>
+      </c>
+      <c r="E169" t="s">
+        <v>872</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>873</v>
+      </c>
+      <c r="H169" t="s">
+        <v>874</v>
+      </c>
+      <c r="I169" t="s">
+        <v>13</v>
+      </c>
+      <c r="J169" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>24</v>
+      </c>
+      <c r="B170" t="s">
+        <v>875</v>
+      </c>
+      <c r="C170" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" t="s">
+        <v>872</v>
+      </c>
+      <c r="E170" t="s">
+        <v>872</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>876</v>
+      </c>
+      <c r="H170" t="s">
+        <v>877</v>
+      </c>
+      <c r="I170" t="s">
+        <v>13</v>
+      </c>
+      <c r="J170" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>24</v>
+      </c>
+      <c r="B171" t="s">
+        <v>878</v>
+      </c>
+      <c r="C171" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" t="s">
+        <v>872</v>
+      </c>
+      <c r="E171" t="s">
+        <v>872</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>879</v>
+      </c>
+      <c r="H171" t="s">
+        <v>880</v>
+      </c>
+      <c r="I171" t="s">
+        <v>13</v>
+      </c>
+      <c r="J171" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>24</v>
+      </c>
+      <c r="B172" t="s">
+        <v>881</v>
+      </c>
+      <c r="C172" t="s">
+        <v>13</v>
+      </c>
+      <c r="D172" t="s">
+        <v>872</v>
+      </c>
+      <c r="E172" t="s">
+        <v>872</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>882</v>
+      </c>
+      <c r="H172" t="s">
+        <v>883</v>
+      </c>
+      <c r="I172" t="s">
+        <v>13</v>
+      </c>
+      <c r="J172" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>24</v>
+      </c>
+      <c r="B173" t="s">
+        <v>797</v>
+      </c>
+      <c r="C173" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" t="s">
+        <v>872</v>
+      </c>
+      <c r="E173" t="s">
+        <v>872</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>884</v>
+      </c>
+      <c r="H173" t="s">
+        <v>885</v>
+      </c>
+      <c r="I173" t="s">
+        <v>13</v>
+      </c>
+      <c r="J173" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>24</v>
+      </c>
+      <c r="B174" t="s">
+        <v>887</v>
+      </c>
+      <c r="C174" t="s">
+        <v>13</v>
+      </c>
+      <c r="D174" t="s">
+        <v>888</v>
+      </c>
+      <c r="E174" t="s">
+        <v>888</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>889</v>
+      </c>
+      <c r="H174" t="s">
+        <v>890</v>
+      </c>
+      <c r="I174" t="s">
+        <v>13</v>
+      </c>
+      <c r="J174" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>24</v>
+      </c>
+      <c r="B175" t="s">
+        <v>891</v>
+      </c>
+      <c r="C175" t="s">
+        <v>13</v>
+      </c>
+      <c r="D175" t="s">
+        <v>892</v>
+      </c>
+      <c r="E175" t="s">
+        <v>892</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>893</v>
+      </c>
+      <c r="H175" t="s">
+        <v>894</v>
+      </c>
+      <c r="I175" t="s">
+        <v>13</v>
+      </c>
+      <c r="J175" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>24</v>
+      </c>
+      <c r="B176" t="s">
+        <v>896</v>
+      </c>
+      <c r="C176" t="s">
+        <v>13</v>
+      </c>
+      <c r="D176" t="s">
+        <v>897</v>
+      </c>
+      <c r="E176" t="s">
+        <v>897</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>898</v>
+      </c>
+      <c r="H176" t="s">
+        <v>899</v>
+      </c>
+      <c r="I176" t="s">
+        <v>13</v>
+      </c>
+      <c r="J176" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>24</v>
+      </c>
+      <c r="B177" t="s">
+        <v>901</v>
+      </c>
+      <c r="C177" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" t="s">
+        <v>897</v>
+      </c>
+      <c r="E177" t="s">
+        <v>897</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>902</v>
+      </c>
+      <c r="H177" t="s">
+        <v>903</v>
+      </c>
+      <c r="I177" t="s">
+        <v>13</v>
+      </c>
+      <c r="J177" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>24</v>
+      </c>
+      <c r="B178" t="s">
+        <v>904</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>905</v>
+      </c>
+      <c r="E178" t="s">
+        <v>905</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>906</v>
+      </c>
+      <c r="H178" t="s">
+        <v>907</v>
+      </c>
+      <c r="I178" t="s">
+        <v>13</v>
+      </c>
+      <c r="J178" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>24</v>
+      </c>
+      <c r="B179" t="s">
+        <v>797</v>
+      </c>
+      <c r="C179" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" t="s">
+        <v>905</v>
+      </c>
+      <c r="E179" t="s">
+        <v>905</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>908</v>
+      </c>
+      <c r="H179" t="s">
+        <v>909</v>
+      </c>
+      <c r="I179" t="s">
+        <v>13</v>
+      </c>
+      <c r="J179" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>24</v>
+      </c>
+      <c r="B180" t="s">
+        <v>910</v>
+      </c>
+      <c r="C180" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" t="s">
+        <v>905</v>
+      </c>
+      <c r="E180" t="s">
+        <v>905</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>911</v>
+      </c>
+      <c r="H180" t="s">
+        <v>912</v>
+      </c>
+      <c r="I180" t="s">
+        <v>13</v>
+      </c>
+      <c r="J180" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>24</v>
+      </c>
+      <c r="B181" t="s">
+        <v>913</v>
+      </c>
+      <c r="C181" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" t="s">
+        <v>914</v>
+      </c>
+      <c r="E181" t="s">
+        <v>914</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>915</v>
+      </c>
+      <c r="H181" t="s">
+        <v>916</v>
+      </c>
+      <c r="I181" t="s">
+        <v>13</v>
+      </c>
+      <c r="J181" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>24</v>
+      </c>
+      <c r="B182" t="s">
+        <v>918</v>
+      </c>
+      <c r="C182" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" t="s">
+        <v>905</v>
+      </c>
+      <c r="E182" t="s">
+        <v>905</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>919</v>
+      </c>
+      <c r="H182" t="s">
+        <v>920</v>
+      </c>
+      <c r="I182" t="s">
+        <v>13</v>
+      </c>
+      <c r="J182" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>24</v>
+      </c>
+      <c r="B183" t="s">
+        <v>922</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
+        <v>905</v>
+      </c>
+      <c r="E183" t="s">
+        <v>905</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>923</v>
+      </c>
+      <c r="H183" t="s">
+        <v>924</v>
+      </c>
+      <c r="I183" t="s">
+        <v>13</v>
+      </c>
+      <c r="J183" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>24</v>
+      </c>
+      <c r="B184" t="s">
+        <v>925</v>
+      </c>
+      <c r="C184" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" t="s">
+        <v>914</v>
+      </c>
+      <c r="E184" t="s">
+        <v>914</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>926</v>
+      </c>
+      <c r="H184" t="s">
+        <v>927</v>
+      </c>
+      <c r="I184" t="s">
+        <v>13</v>
+      </c>
+      <c r="J184" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>24</v>
+      </c>
+      <c r="B185" t="s">
+        <v>928</v>
+      </c>
+      <c r="C185" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" t="s">
+        <v>914</v>
+      </c>
+      <c r="E185" t="s">
+        <v>914</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>929</v>
+      </c>
+      <c r="H185" t="s">
+        <v>930</v>
+      </c>
+      <c r="I185" t="s">
+        <v>13</v>
+      </c>
+      <c r="J185" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>24</v>
+      </c>
+      <c r="B186" t="s">
+        <v>715</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>931</v>
+      </c>
+      <c r="E186" t="s">
+        <v>931</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>932</v>
+      </c>
+      <c r="H186" t="s">
+        <v>933</v>
+      </c>
+      <c r="I186" t="s">
+        <v>13</v>
+      </c>
+      <c r="J186" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>24</v>
+      </c>
+      <c r="B187" t="s">
+        <v>695</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>934</v>
+      </c>
+      <c r="E187" t="s">
+        <v>934</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>935</v>
+      </c>
+      <c r="H187" t="s">
+        <v>936</v>
+      </c>
+      <c r="I187" t="s">
+        <v>13</v>
+      </c>
+      <c r="J187" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>24</v>
+      </c>
+      <c r="B188" t="s">
+        <v>787</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>937</v>
+      </c>
+      <c r="E188" t="s">
+        <v>937</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>938</v>
+      </c>
+      <c r="H188" t="s">
+        <v>939</v>
+      </c>
+      <c r="I188" t="s">
+        <v>13</v>
+      </c>
+      <c r="J188" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>24</v>
+      </c>
+      <c r="B189" t="s">
+        <v>701</v>
+      </c>
+      <c r="C189" t="s">
+        <v>13</v>
+      </c>
+      <c r="D189" t="s">
+        <v>940</v>
+      </c>
+      <c r="E189" t="s">
+        <v>940</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>941</v>
+      </c>
+      <c r="H189" t="s">
+        <v>942</v>
+      </c>
+      <c r="I189" t="s">
+        <v>13</v>
+      </c>
+      <c r="J189" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>24</v>
+      </c>
+      <c r="B190" t="s">
+        <v>943</v>
+      </c>
+      <c r="C190" t="s">
+        <v>13</v>
+      </c>
+      <c r="D190" t="s">
+        <v>944</v>
+      </c>
+      <c r="E190" t="s">
+        <v>944</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>945</v>
+      </c>
+      <c r="H190" t="s">
+        <v>946</v>
+      </c>
+      <c r="I190" t="s">
+        <v>13</v>
+      </c>
+      <c r="J190" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>24</v>
+      </c>
+      <c r="B191" t="s">
+        <v>947</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>948</v>
+      </c>
+      <c r="E191" t="s">
+        <v>948</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>949</v>
+      </c>
+      <c r="H191" t="s">
+        <v>950</v>
+      </c>
+      <c r="I191" t="s">
+        <v>13</v>
+      </c>
+      <c r="J191" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>24</v>
+      </c>
+      <c r="B192" t="s">
+        <v>695</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>948</v>
+      </c>
+      <c r="E192" t="s">
+        <v>948</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>951</v>
+      </c>
+      <c r="H192" t="s">
+        <v>952</v>
+      </c>
+      <c r="I192" t="s">
+        <v>13</v>
+      </c>
+      <c r="J192" t="s">
+        <v>668</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H78"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>953</v>
+      </c>
+      <c r="B2" t="s">
+        <v>954</v>
+      </c>
+      <c r="C2" t="s">
+        <v>955</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>956</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>957</v>
+      </c>
+      <c r="H2" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>953</v>
+      </c>
+      <c r="B3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C3" t="s">
+        <v>960</v>
+      </c>
+      <c r="D3" t="s">
+        <v>961</v>
+      </c>
+      <c r="E3" t="s">
+        <v>962</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>963</v>
+      </c>
+      <c r="H3" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>953</v>
+      </c>
+      <c r="B4" t="s">
+        <v>965</v>
+      </c>
+      <c r="C4" t="s">
+        <v>966</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>967</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>968</v>
+      </c>
+      <c r="H4" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>953</v>
+      </c>
+      <c r="B5" t="s">
+        <v>970</v>
+      </c>
+      <c r="C5" t="s">
+        <v>971</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>972</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>973</v>
+      </c>
+      <c r="H5" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>953</v>
+      </c>
+      <c r="B6" t="s">
+        <v>975</v>
+      </c>
+      <c r="C6" t="s">
+        <v>976</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>977</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>978</v>
+      </c>
+      <c r="H6" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>953</v>
+      </c>
+      <c r="B7" t="s">
+        <v>980</v>
+      </c>
+      <c r="C7" t="s">
+        <v>981</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>982</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>983</v>
+      </c>
+      <c r="H7" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>953</v>
+      </c>
+      <c r="B8" t="s">
+        <v>985</v>
+      </c>
+      <c r="C8" t="s">
+        <v>986</v>
+      </c>
+      <c r="D8" t="s">
+        <v>987</v>
+      </c>
+      <c r="E8" t="s">
+        <v>988</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>989</v>
+      </c>
+      <c r="H8" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>953</v>
+      </c>
+      <c r="B9" t="s">
+        <v>991</v>
+      </c>
+      <c r="C9" t="s">
+        <v>992</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>993</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>994</v>
+      </c>
+      <c r="H9" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>953</v>
+      </c>
+      <c r="B10" t="s">
+        <v>996</v>
+      </c>
+      <c r="C10" t="s">
+        <v>997</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>998</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>999</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>953</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>953</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>953</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>953</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>953</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>953</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>953</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>953</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>953</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>953</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>953</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>953</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>953</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>953</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>953</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>953</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>953</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>953</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>953</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>953</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>953</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>953</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>953</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>953</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>953</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>953</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>953</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>953</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>953</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>953</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>953</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>953</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>953</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>953</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>953</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>953</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>953</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>953</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>953</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>953</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>953</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>953</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>953</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>953</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>953</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>953</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>953</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>953</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>953</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>953</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>953</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>953</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>953</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>953</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>953</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>953</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>953</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>953</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>953</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>953</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>953</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>953</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>953</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>953</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>953</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>953</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>953</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>953</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1397</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1446</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H50"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1705</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D47" t="s">
+        <v>872</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D48" t="s">
+        <v>872</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1875</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>