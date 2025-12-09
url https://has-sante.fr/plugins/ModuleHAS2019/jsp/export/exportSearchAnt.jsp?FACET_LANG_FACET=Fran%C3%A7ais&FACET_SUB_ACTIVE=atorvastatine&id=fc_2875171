--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -27,92 +27,107 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="190">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Maladie de Willebrand type 3</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/01/2022 09:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
   </si>
   <si>
     <t>p_3309665</t>
   </si>
   <si>
     <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
   </si>
@@ -632,1206 +647,1232 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C5" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+      <c r="I4" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="H6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H7" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="I7" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H8" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="I8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H9" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H10" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I10" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C11" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H11" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="I11" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H12" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="I12" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H13" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="I13" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="J1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="K1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="I2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="J2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="K2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="L2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="I3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="J3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="K3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B4" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="I4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="J4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="K4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="I5" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="J5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="K5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="L5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="M5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="N5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="O5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="P5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="Q5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="R5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="S5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>