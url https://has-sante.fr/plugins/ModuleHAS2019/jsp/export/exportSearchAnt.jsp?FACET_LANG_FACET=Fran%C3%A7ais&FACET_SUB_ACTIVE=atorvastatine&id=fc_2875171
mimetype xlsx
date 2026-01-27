--- v1 (2025-12-09)
+++ v2 (2026-01-27)
@@ -1,1878 +1,237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ILTRIA (ramipril/ acétylsalicylique (acide)/ atorvastatine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:08:00</t>
-[...440 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984016/fr/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+    <t>10/13/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984016/en/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
   </si>
   <si>
     <t>pprd_2984016</t>
   </si>
   <si>
     <t>ramipril,acétylsalicylique (acide),atorvastatine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658564/fr/iltria-antiagregant-plaquettaire-statine-et-iec-en-association-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
-[...77 lines deleted...]
-    <t>c_2582471</t>
+    <t>https://www.has-sante.fr/jcms/c_2658564/en/iltria-acetylsalicylic-acid/atorvastatin/ramipril-platelet-aggregation-inhibiting-drug-statin-and-ace-inhibitor-in-combination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K2" t="s">
         <v>19</v>
-      </c>
-[...1014 lines deleted...]
-        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...90 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>