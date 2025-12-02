--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,518 +1,2918 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="531" uniqueCount="318">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome CHARGE</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome CHARGE. Il a été élaboré par Centre de Référence Maladies Rares des Anomalies du développement et syndromes malformatifs (SOOR) Filière de Santé Maladies Rares des Anomalies du développement avec ou sans déficience intellectuelle de causes rares (AnDDi-Rares), le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON) Filière de Santé Maladies Rares des Malformations de la tête, du cou et des dents (TETECOU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293875/fr/syndrome-charge</t>
+  </si>
+  <si>
+    <t>p_3293875</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Syndrome de Rubinstein-Taybi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint du Syndrome de Rubinstein-Taybi (SRT).</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794382/fr/syndrome-de-rubinstein-taybi</t>
+  </si>
+  <si>
+    <t>c_2794382</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Early vision screening in children to prevent amblyopia</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
+  </si>
+  <si>
+    <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
+  </si>
+  <si>
+    <t>08/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
+  </si>
+  <si>
+    <t>Le cahier des charges définit les exigences (notamment cliniques et organisationnelles) à respecter pour garantir la qualité des soins et la sécurité des patientes, quel que soit le lieu où sont réalisées les IVG instrumentales</t>
+  </si>
+  <si>
+    <t>16/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Assessment of an epiretinal implant and its implantation procedure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Quelle place pour les bronchodilatateurs LA dans le traitement de la BPCO ?</t>
+  </si>
+  <si>
+    <t>Pas de différence cliniquement pertinente entre les bronchodilatateurs LA inhalés Formotérol, salmétérol et tiotropium peuvent être utilisés comme traitement bronchodilatateur continu pour soulager les symptômes des patients ayant une BPCO, lorsque ces symptômes (dyspnée notamment) persistent malgré l'utilisation pluriquotidienne d'un bronchodilatateur de courte durée d'action. Le SMR* de ces médicaments est important malgré un bénéfice clinique limité, compte tenu du caractère invalidant de la dyspnée de la BPCO. Les bronchodilatateurs LA représentent une ASMR** mineure (niveau IV) dans la prise en charge habituelle des patients atteints de BPCO.</t>
+  </si>
+  <si>
+    <t>01/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440008/fr/quelle-place-pour-les-bronchodilatateurs-la-dans-le-traitement-de-la-bpco</t>
+  </si>
+  <si>
+    <t>r_1440008</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 20 janvier 2021</t>
+  </si>
+  <si>
+    <t>14/01/2021 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231150/fr/commission-de-la-transparence-reunion-a-distance-du-20-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231150</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
+  </si>
+  <si>
+    <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>p_3517331</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ATROPINE (sulfate d'atropine)</t>
+  </si>
+  <si>
+    <t>21/01/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983352/fr/atropine-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>pprd_2983352</t>
+  </si>
+  <si>
+    <t>sulfate d'atropine</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ ALCON SAS/ RENAUDIN / ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473510/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121575/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739151/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739154/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019735/fr/atropine-sulfate-renaudin-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676708/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834504/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...19 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
         <v>53</v>
       </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>102</v>
+      </c>
+      <c r="H20" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>105</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>107</v>
+      </c>
+      <c r="H21" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>112</v>
+      </c>
+      <c r="H22" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" t="s">
+        <v>115</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>117</v>
+      </c>
+      <c r="H23" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" t="s">
+        <v>120</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" t="s">
+        <v>125</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>127</v>
+      </c>
+      <c r="H25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>130</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>131</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" t="s">
+        <v>137</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>138</v>
+      </c>
+      <c r="H27" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D2" t="s">
+        <v>143</v>
+      </c>
+      <c r="E2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D3" t="s">
+        <v>149</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D4" t="s">
+        <v>155</v>
+      </c>
+      <c r="E4" t="s">
+        <v>156</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>157</v>
+      </c>
+      <c r="H4" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B5" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H5" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B6" t="s">
+        <v>165</v>
+      </c>
+      <c r="C6" t="s">
+        <v>166</v>
+      </c>
+      <c r="D6" t="s">
+        <v>167</v>
+      </c>
+      <c r="E6" t="s">
+        <v>168</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>169</v>
+      </c>
+      <c r="H6" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>140</v>
+      </c>
+      <c r="B7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C7" t="s">
+        <v>172</v>
+      </c>
+      <c r="D7" t="s">
+        <v>173</v>
+      </c>
+      <c r="E7" t="s">
+        <v>174</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>175</v>
+      </c>
+      <c r="H7" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>140</v>
+      </c>
+      <c r="B8" t="s">
+        <v>177</v>
+      </c>
+      <c r="C8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D8" t="s">
+        <v>179</v>
+      </c>
+      <c r="E8" t="s">
+        <v>180</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>181</v>
+      </c>
+      <c r="H8" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>140</v>
+      </c>
+      <c r="B9" t="s">
+        <v>183</v>
+      </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>184</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>185</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>186</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>187</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>188</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>140</v>
+      </c>
+      <c r="B10" t="s">
+        <v>189</v>
+      </c>
+      <c r="C10" t="s">
+        <v>190</v>
+      </c>
+      <c r="D10" t="s">
+        <v>191</v>
+      </c>
+      <c r="E10" t="s">
+        <v>192</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>193</v>
+      </c>
+      <c r="H10" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>140</v>
+      </c>
+      <c r="B11" t="s">
+        <v>195</v>
+      </c>
+      <c r="C11" t="s">
+        <v>196</v>
+      </c>
+      <c r="D11" t="s">
+        <v>197</v>
+      </c>
+      <c r="E11" t="s">
+        <v>198</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>199</v>
+      </c>
+      <c r="H11" t="s">
+        <v>200</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>204</v>
+      </c>
+      <c r="H2" t="s">
+        <v>205</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D2" t="s">
+        <v>209</v>
+      </c>
+      <c r="E2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>211</v>
+      </c>
+      <c r="H2" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>217</v>
+      </c>
+      <c r="H3" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>206</v>
+      </c>
+      <c r="B4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C4" t="s">
+        <v>220</v>
+      </c>
+      <c r="D4" t="s">
+        <v>221</v>
+      </c>
+      <c r="E4" t="s">
+        <v>222</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>223</v>
+      </c>
+      <c r="H4" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D5" t="s">
+        <v>227</v>
+      </c>
+      <c r="E5" t="s">
+        <v>228</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>229</v>
+      </c>
+      <c r="H5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B6" t="s">
+        <v>231</v>
+      </c>
+      <c r="C6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D6" t="s">
+        <v>233</v>
+      </c>
+      <c r="E6" t="s">
+        <v>234</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>235</v>
+      </c>
+      <c r="H6" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>206</v>
+      </c>
+      <c r="B7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C7" t="s">
+        <v>238</v>
+      </c>
+      <c r="D7" t="s">
+        <v>239</v>
+      </c>
+      <c r="E7" t="s">
+        <v>240</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>241</v>
+      </c>
+      <c r="H7" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>206</v>
+      </c>
+      <c r="B8" t="s">
+        <v>243</v>
+      </c>
+      <c r="C8" t="s">
+        <v>244</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>245</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>246</v>
+      </c>
+      <c r="H8" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>206</v>
+      </c>
+      <c r="B9" t="s">
+        <v>248</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>249</v>
+      </c>
+      <c r="E9" t="s">
+        <v>250</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>251</v>
+      </c>
+      <c r="H9" t="s">
+        <v>252</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B2" t="s">
+        <v>255</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>257</v>
+      </c>
+      <c r="H2" t="s">
+        <v>258</v>
+      </c>
+      <c r="I2" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>262</v>
+      </c>
+      <c r="H3" t="s">
+        <v>263</v>
+      </c>
+      <c r="I3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>254</v>
+      </c>
+      <c r="B4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>265</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>266</v>
+      </c>
+      <c r="H4" t="s">
+        <v>267</v>
+      </c>
+      <c r="I4" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>254</v>
+      </c>
+      <c r="B5" t="s">
+        <v>268</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>269</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>270</v>
+      </c>
+      <c r="H5" t="s">
+        <v>271</v>
+      </c>
+      <c r="I5" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>254</v>
+      </c>
+      <c r="B6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>274</v>
+      </c>
+      <c r="H6" t="s">
+        <v>275</v>
+      </c>
+      <c r="I6" t="s">
+        <v>259</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B2" t="s">
+        <v>277</v>
+      </c>
+      <c r="C2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>281</v>
+      </c>
+      <c r="H2" t="s">
+        <v>282</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B2" t="s">
+        <v>284</v>
+      </c>
+      <c r="C2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>287</v>
+      </c>
+      <c r="H2" t="s">
+        <v>288</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>289</v>
+      </c>
+      <c r="J1" t="s">
+        <v>290</v>
+      </c>
+      <c r="K1" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>295</v>
+      </c>
+      <c r="H2" t="s">
+        <v>296</v>
+      </c>
+      <c r="I2" t="s">
+        <v>297</v>
+      </c>
+      <c r="J2" t="s">
+        <v>298</v>
+      </c>
+      <c r="K2" t="s">
+        <v>299</v>
+      </c>
+      <c r="L2" t="s">
+        <v>300</v>
+      </c>
+      <c r="M2" t="s">
+        <v>301</v>
+      </c>
+      <c r="N2" t="s">
+        <v>302</v>
+      </c>
+      <c r="O2" t="s">
+        <v>303</v>
+      </c>
+      <c r="P2" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>305</v>
+      </c>
+      <c r="R2" t="s">
+        <v>306</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>307</v>
+      </c>
+      <c r="B2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>310</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>311</v>
+      </c>
+      <c r="H2" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>316</v>
+      </c>
+      <c r="H3" t="s">
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>