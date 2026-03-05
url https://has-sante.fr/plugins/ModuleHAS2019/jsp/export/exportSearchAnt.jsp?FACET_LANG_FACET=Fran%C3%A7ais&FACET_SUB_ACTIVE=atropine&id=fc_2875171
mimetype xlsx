--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="531" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="319">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -917,87 +917,90 @@
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ATROPINE (sulfate d'atropine)</t>
   </si>
   <si>
-    <t>21/01/2021 17:47:00</t>
+    <t>20/02/2026 11:45:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983352/fr/atropine-sulfate-d-atropine</t>
   </si>
   <si>
     <t>pprd_2983352</t>
   </si>
   <si>
     <t>sulfate d'atropine</t>
   </si>
   <si>
-    <t>AGUETTANT/ ALCON SAS/ RENAUDIN / ACCORD HEALTHCARE FRANCE SAS</t>
+    <t>ACCORD HEALTHCARE FRANCE SAS / AGUETTANT / LABORATOIRES ALCON SAS / RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_473510/fr/atropine-alcon-sulfate-d-atropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1121575/fr/atropine-alcon-sulfate-d-atropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739151/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739154/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2019735/fr/atropine-sulfate-renaudin-atropine-sulfate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676708/fr/atropine-alcon-sulfate-d-atropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2834504/fr/atropine-alcon-sulfate-d-atropine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861011/fr/atropine-alcon-sulfate-d-atropine-uveites-/-cyclopegie-pour-refraction-/-penalisation-optique</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Simulation en santé</t>
   </si>
   <si>
     <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
   </si>
   <si>
     <t>22/02/2019 16:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
   </si>
   <si>
     <t>c_930641</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
@@ -2687,51 +2690,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>286</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>287</v>
       </c>
       <c r="H2" t="s">
         <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R2"/>
+  <dimension ref="A1:S2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2782,137 +2785,140 @@
         <v>298</v>
       </c>
       <c r="K2" t="s">
         <v>299</v>
       </c>
       <c r="L2" t="s">
         <v>300</v>
       </c>
       <c r="M2" t="s">
         <v>301</v>
       </c>
       <c r="N2" t="s">
         <v>302</v>
       </c>
       <c r="O2" t="s">
         <v>303</v>
       </c>
       <c r="P2" t="s">
         <v>304</v>
       </c>
       <c r="Q2" t="s">
         <v>305</v>
       </c>
       <c r="R2" t="s">
         <v>306</v>
+      </c>
+      <c r="S2" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>