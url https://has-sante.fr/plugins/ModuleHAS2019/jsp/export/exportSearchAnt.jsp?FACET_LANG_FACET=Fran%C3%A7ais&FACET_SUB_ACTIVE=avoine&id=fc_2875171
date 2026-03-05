--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,50 +69,65 @@
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>GLUCAMESH</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>03/03/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398564/fr/glucamesh</t>
   </si>
   <si>
     <t>c_398564</t>
   </si>
   <si>
     <t>SURGI B (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Glycogénose de type I</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
   </si>
   <si>
     <t>p_3385268</t>
   </si>
   <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -299,51 +314,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -394,194 +409,220 @@
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>30</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>31</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="I2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="K2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>