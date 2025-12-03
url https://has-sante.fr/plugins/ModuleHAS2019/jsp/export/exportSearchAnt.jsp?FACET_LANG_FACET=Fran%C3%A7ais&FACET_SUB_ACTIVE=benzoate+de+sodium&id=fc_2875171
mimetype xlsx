--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,207 +1,1045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GLYCO-THYMOLINE (benzoate de sodium/ salicylate de sodium/ borax/ thymol/ cinéole/ lévo...)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985167/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
+  </si>
+  <si>
+    <t>pprd_2985167</t>
+  </si>
+  <si>
+    <t>benzoate de sodium,salicylate de sodium,borax,thymol,cinéole,lévomenthol</t>
+  </si>
+  <si>
+    <t>Laboratoire SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928141/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058678/fr/glyco-thymoline-benzoate-de-sodium/-salicylate-de-sodium/-borax/-thymol/-cineole/-levo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>85</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I2" t="s">
+        <v>96</v>
+      </c>
+      <c r="J2" t="s">
+        <v>97</v>
+      </c>
+      <c r="K2" t="s">
+        <v>98</v>
+      </c>
+      <c r="L2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>