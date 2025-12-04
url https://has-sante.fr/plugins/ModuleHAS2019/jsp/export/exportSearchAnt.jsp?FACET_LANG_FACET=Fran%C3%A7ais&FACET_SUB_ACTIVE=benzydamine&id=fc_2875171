--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,207 +1,498 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/01/2005 16:52:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 novembre 2018</t>
+  </si>
+  <si>
+    <t>08/02/2019 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903025/fr/cnedimts-reunion-du-20-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2903025</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>