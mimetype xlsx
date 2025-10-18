--- v0 (2025-10-18)
+++ v1 (2025-10-18)
@@ -1,588 +1,2387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="255">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
   </si>
   <si>
     <t>c_272139</t>
   </si>
   <si>
-    <t>Assessment of caries risk and indications for pit and fissure sealants (first and second permanent molars) in children and in adolescents under 18</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272496/en/assessment-of-caries-risk-and-indications-for-pit-and-fissure-sealants-first-and-second-permanent-molars-in-children-and-in-adolescents-under-18</t>
+    <t>Appréciation du risque carieux et indications du scellement prophylactique des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Quelles sont les modalités d’appréciation du risque de carie individuel (RCI) dans le cas des dents permanentes chez les sujets de moins de 18 ans ?# 2. Quelles sont les indications des scellements des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans ?# 3. Quel est le protocole de mise en place des scellements ?# 4. Quel est le protocole de suivi des scellements ?# Ce document aborde également l'impact économique de la prévention des caries dentaires par cette technique.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>c_272496</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3447378/en/ultrasound-guided-transcutaneous-venous-occlusion-of-the-small-saphenous-vein-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer de l'endomètre</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>03/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021574/fr/ald-n-30-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>c_1021574</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
+  </si>
+  <si>
+    <t>22/04/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1216166</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_820058</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>21/10/2014 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652398/fr/ald-n-30-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652398</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Occlusion de la petite veine saphène par radiofréquence par voie veineuse transcutanée avec guidage échographique</t>
+  </si>
+  <si>
+    <t>Evaluer le bénéfice/risque de la procédure radiofréquence dans le traitement des varices de la petite veine saphène, de définir sa place parmi celles déjà évaluées par la HAS et prises en charge par l’Assurance maladie, à savoir : la crossectomie éveinage, l’occlusion par laser et l’occlusion par sclérothérapie à la mousse, puis de définir ses conditions de réalisation</t>
+  </si>
+  <si>
+    <t>15/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447378/fr/occlusion-de-la-petite-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee-avec-guidage-echographique</t>
   </si>
   <si>
     <t>p_3447378</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure radiofréquence par comparaison à la technique de référence (crossectomie éveinage de la grande veine saphène)</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2013 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713341/fr/occlusion-de-grande-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1713341</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 août 2023</t>
+  </si>
+  <si>
+    <t>25/08/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458179/fr/commission-de-la-transparence-reunion-du-30-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3458179</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Janvier 2023</t>
+  </si>
+  <si>
+    <t>12/01/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404300/fr/commission-de-la-transparence-reunion-du-18-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3404300</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 février 2016</t>
+  </si>
+  <si>
+    <t>29/01/2016 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598394/fr/college-deliberatif-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2598394</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
+  </si>
+  <si>
+    <t>21/11/2012 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>BICARBONATE DE SODIUM RENAUDIN (bicarbonate de sodium)</t>
   </si>
   <si>
-    <t>07/29/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983006/en/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium</t>
+    <t>29/07/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983006/fr/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2983006</t>
   </si>
   <si>
     <t>bicarbonate de sodium</t>
   </si>
   <si>
     <t>CHAIX ET DU MARAIS / COOPERATION PHARMACEUTIQUE FRANCAISE / LABORATOIRE RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400692/en/bicarbonate-de-sodium-1-4-aguettant-solution-pour-perfusion-boite-de-1-flacon-de-500-ml-code-cip-319-525-7</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534726/en/sodium-bicarbonate-1-4-renaudin-sodium-bicarbonate-metabolic-acidosis</t>
+    <t>https://www.has-sante.fr/jcms/c_400692/fr/bicarbonate-de-sodium-1-4-aguettant-solution-pour-perfusion-boite-de-1-flacon-de-500-ml-code-cip-319-525-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400693/fr/bicarbonate-de-sodium-lavoisier-1-4-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-cip-305-750-3-boite-de-1-flacon-de-500-ml-cip-305-752-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1009516/fr/bicarbonate-de-sodium-lavoisier-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052638/fr/bicarbonate-de-sodium-cooper-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658540/fr/bicarbonate-de-sodium-lavoisier-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886953/fr/bicarbonate-de-sodium-renaudin-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534726/fr/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium-acidose-metabolique</t>
   </si>
   <si>
     <t>BICAFRES (bicarbonate de sodium)</t>
   </si>
   <si>
-    <t>02/10/2023 08:59:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3411862/en/bicafres-bicarbonate-de-sodium</t>
+    <t>10/02/2023 08:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411862/fr/bicafres-bicarbonate-de-sodium</t>
   </si>
   <si>
     <t>p_3411862</t>
   </si>
   <si>
     <t>THERADIAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3411347/en/bicafres-sodium-bicarbonate-metabolic-acidosis-in-adults-and-adolescents-aged-14-years-and-older</t>
+    <t>https://www.has-sante.fr/jcms/p_3411347/fr/bicafres-bicarbonate-de-sodium-acidose-metabolique-chez-les-adultes-et-les-adolescents</t>
+  </si>
+  <si>
+    <t>PRISMASOL POTASSIUM (solution d'électrolytes : chlorure de calcium, glucose anhydre, acide ...)</t>
+  </si>
+  <si>
+    <t>27/11/2019 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985973/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>pprd_2985973</t>
+  </si>
+  <si>
+    <t>solution d'électrolytes : chlorure de calcium, glucose anhydre, acide lactique, chlorure de magnesium,solution tampon : bicarbonate de sodium, chlorure de potassium, chlorure de sodium</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399651/fr/prismasol-2mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-prismasol-4mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-5000-ml-en-poche-pvc-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>EDUCTYL (tartrate acide de potassium/ bicarbonate de sodium)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983386/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983386</t>
+  </si>
+  <si>
+    <t>tartrate acide de potassium,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>TECHNI-PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603051/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147583/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364578/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827582/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>PHYSIONEAL 35 et 40 GLUCOSE (chlorure de sodium/ chlorure de calcium dihydraté/ lactate de sodium a...)</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984834/fr/physioneal-35-et-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>pprd_2984834</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de calcium dihydraté,lactate de sodium anhydre,chlorure de magnésium hexahydraté,glucose monohydraté,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400012/fr/physioneal-35-glucose-1-36-physioneal-35-glucose-2-27-physioneal-35-glucose-3-86-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720503/fr/physioneal-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>ALGINATE DE SODIUM/BICARBONATE DE SODIUM (alginate de sodium/ bicarbonate de sodium)</t>
+  </si>
+  <si>
+    <t>16/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985080/fr/alginate-de-sodium/bicarbonate-de-sodium-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985080</t>
+  </si>
+  <si>
+    <t>alginate de sodium,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>TEVA SANTE/ SANOFI-AVENTIS/  RECKITT BENCKISER HEALTHCARE (UK) limited</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400191/fr/alginate-de-sodium-bicarbonate-de-potassium-reckitt-benckiser-healthcare-limited-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149723/fr/alginate-de-sodium/bicarbonate-de-sodium-eg-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149726/fr/alginate-de-sodium/bicarbonate-de-sodium-biogaran-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149732/fr/alginate-de-sodium/bicarbonate-de-sodium-winthrop-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149735/fr/alginate-de-sodium/bicarbonate-de-sodium-sandoz-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149740/fr/alginate-de-sodium/bicarbonate-de-sodium-teva-alginate-de-sodium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>MULTIBIC (bicarbonate de sodium/ chlorure de calcium/ chlorure de magnésium hexa...)</t>
+  </si>
+  <si>
+    <t>02/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985892/fr/multibic-bicarbonate-de-sodium/-chlorure-de-calcium/-chlorure-de-magnesium-hexa</t>
+  </si>
+  <si>
+    <t>pprd_2985892</t>
+  </si>
+  <si>
+    <t>bicarbonate de sodium,chlorure de calcium,chlorure de magnésium hexahydraté,chlorure de potassium,chlorure de sodium,glucose monohydrate,solution acide à base de glucose et d’électrolytes (petit compartiment),solution alcaline de bicarbonate (grand compartiment)</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400034/fr/multibic-2-mmol/l-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2-multibic-sans-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>78</v>
+      </c>
+      <c r="H6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>83</v>
+      </c>
+      <c r="H7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>92</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>93</v>
+      </c>
+      <c r="H9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>97</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>98</v>
+      </c>
+      <c r="H10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>103</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>104</v>
+      </c>
+      <c r="H11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>108</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>113</v>
+      </c>
+      <c r="H13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>117</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H5" t="s">
+        <v>147</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
+        <v>153</v>
+      </c>
+      <c r="I2" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>157</v>
+      </c>
+      <c r="H3" t="s">
+        <v>158</v>
+      </c>
+      <c r="I3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>149</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H4" t="s">
+        <v>162</v>
+      </c>
+      <c r="I4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B5" t="s">
+        <v>163</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>164</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>165</v>
+      </c>
+      <c r="H5" t="s">
+        <v>166</v>
+      </c>
+      <c r="I5" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>149</v>
+      </c>
+      <c r="B6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>168</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>169</v>
+      </c>
+      <c r="H6" t="s">
+        <v>170</v>
+      </c>
+      <c r="I6" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>173</v>
+      </c>
+      <c r="H7" t="s">
+        <v>174</v>
+      </c>
+      <c r="I7" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>149</v>
+      </c>
+      <c r="B8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>176</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>177</v>
+      </c>
+      <c r="H8" t="s">
+        <v>178</v>
+      </c>
+      <c r="I8" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>149</v>
+      </c>
+      <c r="B9" t="s">
+        <v>179</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>180</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>181</v>
+      </c>
+      <c r="H9" t="s">
+        <v>182</v>
+      </c>
+      <c r="I9" t="s">
+        <v>154</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>183</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+      <c r="I2" t="s">
+        <v>190</v>
+      </c>
+      <c r="J2" t="s">
+        <v>191</v>
+      </c>
+      <c r="K2" t="s">
+        <v>192</v>
+      </c>
+      <c r="L2" t="s">
+        <v>193</v>
+      </c>
+      <c r="M2" t="s">
+        <v>194</v>
+      </c>
+      <c r="N2" t="s">
+        <v>195</v>
+      </c>
+      <c r="O2" t="s">
+        <v>196</v>
+      </c>
+      <c r="P2" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>201</v>
+      </c>
+      <c r="H3" t="s">
+        <v>202</v>
+      </c>
+      <c r="I3" t="s">
+        <v>190</v>
+      </c>
+      <c r="J3" t="s">
+        <v>203</v>
+      </c>
+      <c r="K3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>185</v>
+      </c>
+      <c r="B4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>208</v>
+      </c>
+      <c r="I4" t="s">
+        <v>209</v>
+      </c>
+      <c r="J4" t="s">
+        <v>210</v>
+      </c>
+      <c r="K4" t="s">
+        <v>211</v>
+      </c>
+      <c r="L4" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H5" t="s">
+        <v>216</v>
+      </c>
+      <c r="I5" t="s">
+        <v>217</v>
+      </c>
+      <c r="J5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K5" t="s">
+        <v>219</v>
+      </c>
+      <c r="L5" t="s">
+        <v>220</v>
+      </c>
+      <c r="M5" t="s">
+        <v>221</v>
+      </c>
+      <c r="N5" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>185</v>
+      </c>
+      <c r="B6" t="s">
+        <v>223</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>224</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>225</v>
+      </c>
+      <c r="H6" t="s">
+        <v>226</v>
+      </c>
+      <c r="I6" t="s">
+        <v>227</v>
+      </c>
+      <c r="J6" t="s">
+        <v>210</v>
+      </c>
+      <c r="K6" t="s">
+        <v>228</v>
+      </c>
+      <c r="L6" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>185</v>
+      </c>
+      <c r="B7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>231</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>232</v>
+      </c>
+      <c r="H7" t="s">
+        <v>233</v>
+      </c>
+      <c r="I7" t="s">
+        <v>234</v>
+      </c>
+      <c r="J7" t="s">
+        <v>235</v>
+      </c>
+      <c r="K7" t="s">
+        <v>236</v>
+      </c>
+      <c r="L7" t="s">
+        <v>237</v>
+      </c>
+      <c r="M7" t="s">
+        <v>238</v>
+      </c>
+      <c r="N7" t="s">
+        <v>239</v>
+      </c>
+      <c r="O7" t="s">
+        <v>240</v>
+      </c>
+      <c r="P7" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>185</v>
+      </c>
+      <c r="B8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>243</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>244</v>
+      </c>
+      <c r="H8" t="s">
+        <v>245</v>
+      </c>
+      <c r="I8" t="s">
+        <v>246</v>
+      </c>
+      <c r="J8" t="s">
+        <v>247</v>
+      </c>
+      <c r="K8" t="s">
+        <v>248</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>249</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>253</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...135 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>