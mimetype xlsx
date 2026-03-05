--- v1 (2025-10-18)
+++ v2 (2026-03-05)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -312,65 +312,50 @@
     <t>24/10/2019 00:00:00</t>
   </si>
   <si>
     <t>28/10/2019 08:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
   </si>
   <si>
     <t>p_3115042</t>
   </si>
   <si>
     <t>Cystinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>ALD n° 30 - Cancer de l'endomètre</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>03/02/2016 00:00:00</t>
   </si>
   <si>
     <t>11/03/2016 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1021574/fr/ald-n-30-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>c_1021574</t>
   </si>
   <si>
     <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
@@ -1122,51 +1107,51 @@
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>52</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1373,1015 +1358,989 @@
       </c>
       <c r="E9" t="s">
         <v>92</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>93</v>
       </c>
       <c r="H9" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>54</v>
       </c>
       <c r="B10" t="s">
         <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>96</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="E10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>54</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>103</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>104</v>
       </c>
       <c r="H11" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
         <v>107</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>108</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>112</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>113</v>
       </c>
       <c r="H13" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
         <v>116</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>117</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>118</v>
-      </c>
-[...27 lines deleted...]
-        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>124</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>125</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H3" t="s">
         <v>131</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D4" t="s">
+        <v>134</v>
+      </c>
+      <c r="E4" t="s">
+        <v>135</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>136</v>
+      </c>
+      <c r="H4" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B5" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="E5" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="H5" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>147</v>
+      </c>
+      <c r="H2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I2" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>155</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>156</v>
+      </c>
+      <c r="H4" t="s">
+        <v>157</v>
+      </c>
+      <c r="I4" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>160</v>
+      </c>
+      <c r="H5" t="s">
+        <v>161</v>
+      </c>
+      <c r="I5" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>164</v>
+      </c>
+      <c r="H6" t="s">
+        <v>165</v>
+      </c>
+      <c r="I6" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>144</v>
+      </c>
+      <c r="B7" t="s">
+        <v>166</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>167</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>168</v>
+      </c>
+      <c r="H7" t="s">
+        <v>169</v>
+      </c>
+      <c r="I7" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B8" t="s">
+        <v>170</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>171</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>172</v>
+      </c>
+      <c r="H8" t="s">
+        <v>173</v>
+      </c>
+      <c r="I8" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>144</v>
+      </c>
+      <c r="B9" t="s">
+        <v>174</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>175</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>176</v>
+      </c>
+      <c r="H9" t="s">
+        <v>177</v>
+      </c>
+      <c r="I9" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" t="s">
+        <v>184</v>
+      </c>
+      <c r="I2" t="s">
         <v>185</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>186</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>187</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>188</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>189</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>190</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>191</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>192</v>
       </c>
-      <c r="L2" t="s">
+      <c r="Q2" t="s">
         <v>193</v>
-      </c>
-[...13 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>196</v>
+      </c>
+      <c r="H3" t="s">
+        <v>197</v>
+      </c>
+      <c r="I3" t="s">
         <v>185</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>198</v>
+      </c>
+      <c r="K3" t="s">
         <v>199</v>
-      </c>
-[...25 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>201</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>202</v>
+      </c>
+      <c r="H4" t="s">
+        <v>203</v>
+      </c>
+      <c r="I4" t="s">
+        <v>204</v>
+      </c>
+      <c r="J4" t="s">
         <v>205</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>206</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="L4" t="s">
         <v>207</v>
-      </c>
-[...13 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>209</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J5" t="s">
         <v>213</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K5" t="s">
         <v>214</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="L5" t="s">
         <v>215</v>
       </c>
-      <c r="H5" t="s">
+      <c r="M5" t="s">
         <v>216</v>
       </c>
-      <c r="I5" t="s">
+      <c r="N5" t="s">
         <v>217</v>
-      </c>
-[...13 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B6" t="s">
+        <v>218</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>219</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>220</v>
+      </c>
+      <c r="H6" t="s">
+        <v>221</v>
+      </c>
+      <c r="I6" t="s">
+        <v>222</v>
+      </c>
+      <c r="J6" t="s">
+        <v>205</v>
+      </c>
+      <c r="K6" t="s">
         <v>223</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L6" t="s">
         <v>224</v>
-      </c>
-[...19 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>226</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>227</v>
+      </c>
+      <c r="H7" t="s">
+        <v>228</v>
+      </c>
+      <c r="I7" t="s">
+        <v>229</v>
+      </c>
+      <c r="J7" t="s">
         <v>230</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K7" t="s">
         <v>231</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="L7" t="s">
         <v>232</v>
       </c>
-      <c r="H7" t="s">
+      <c r="M7" t="s">
         <v>233</v>
       </c>
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>234</v>
       </c>
-      <c r="J7" t="s">
+      <c r="O7" t="s">
         <v>235</v>
       </c>
-      <c r="K7" t="s">
+      <c r="P7" t="s">
         <v>236</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>238</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>239</v>
+      </c>
+      <c r="H8" t="s">
+        <v>240</v>
+      </c>
+      <c r="I8" t="s">
+        <v>241</v>
+      </c>
+      <c r="J8" t="s">
         <v>242</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K8" t="s">
         <v>243</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>248</v>
+      </c>
+      <c r="H2" t="s">
         <v>249</v>
-      </c>
-[...19 lines deleted...]
-        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>