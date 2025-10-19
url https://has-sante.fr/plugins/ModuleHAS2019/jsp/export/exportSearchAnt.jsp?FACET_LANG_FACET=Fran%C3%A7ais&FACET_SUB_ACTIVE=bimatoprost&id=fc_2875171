--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,361 +1,1150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="115">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 6 avril 2022</t>
+  </si>
+  <si>
+    <t>29/03/2022 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326987/fr/commission-de-la-transparence-reunion-du-6-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3326987</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 mars 2022</t>
+  </si>
+  <si>
+    <t>03/03/2022 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321414/fr/commission-de-la-transparence-reunion-du-9-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3321414</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904582/fr/commission-de-la-transparence-reunion-du-20-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904582</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>BITIFRIN (bimatoprost/timolol)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3567888/en/bitifrin-bimatoprost/timolol</t>
+    <t>05/12/2024 11:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3567888/fr/bitifrin-bimatoprost/timolol</t>
   </si>
   <si>
     <t>p_3567888</t>
   </si>
   <si>
     <t>bimatoprost,timolol</t>
   </si>
   <si>
     <t>TRB CHEMEDICA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3565875/en/bitifrin-bimatoprost/timolol-glaucoma-and-ocular-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/p_3565875/fr/bitifrin-bimatoprost/timolol-hypertonie-intraoculaire-et-glaucome</t>
   </si>
   <si>
     <t>IRICRYN (bimatoprost)</t>
   </si>
   <si>
-    <t>12/05/2024 11:43:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3567891/en/iricryn-bimatoprost</t>
+    <t>05/12/2024 11:43:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3567891/fr/iricryn-bimatoprost</t>
   </si>
   <si>
     <t>p_3567891</t>
   </si>
   <si>
     <t>bimatoprost</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3565872/en/iricryn-bimatoprost-open-angle-glaucoma-ocular-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/p_3565872/fr/iricryn-bimatoprost-glaucome-a-angle-ouvert-hypertonie-oculaire</t>
+  </si>
+  <si>
+    <t>BIMATOPROST (bimatoprost)</t>
+  </si>
+  <si>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293198/fr/bimatoprost-bimatoprost</t>
+  </si>
+  <si>
+    <t>p_3293198</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292175/fr/bimatoprost-idifarma-0-3-mg/ml-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399888/fr/bimatoprost-teva-sante-bimatoprost-glaucome</t>
+  </si>
+  <si>
+    <t>AMIRIOX (bimatoprost)</t>
+  </si>
+  <si>
+    <t>22/04/2022 16:52:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333977/fr/amiriox-bimatoprost</t>
+  </si>
+  <si>
+    <t>p_3333977</t>
+  </si>
+  <si>
+    <t>SIFI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333937/fr/amiriox-bimatoprost</t>
+  </si>
+  <si>
+    <t>ECBIRIO (bimatoprost/ timolol)</t>
+  </si>
+  <si>
+    <t>29/03/2022 10:39:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326924/fr/ecbirio-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>p_3326924</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326694/fr/ecbirio-timolol-/-bimatoprost</t>
+  </si>
+  <si>
+    <t>BIMATOPROST/TIMOLOL HORUS PHARMA (bimatoprost/ timolol)</t>
+  </si>
+  <si>
+    <t>21/03/2022 12:50:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322739/fr/bimatoprost/timolol-horus-pharma-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>p_3322739</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322379/fr/bimatoprost/timolol-horus-pharma-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>LUMIGAN (bimatoprost)</t>
+  </si>
+  <si>
+    <t>27/03/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982822/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>pprd_2982822</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490465/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944580/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260381/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603407/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913085/fr/lumigan-bimatoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400049/fr/lumigan-0-3-mg/ml-collyre-en-solution-flacon-de-3-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399437/fr/lumigan-0-3-mg/ml-bimatoprost</t>
   </si>
   <si>
     <t>GANFORT (bimatoprost/ timolol)</t>
   </si>
   <si>
-    <t>06/11/2019 16:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982840/en/ganfort-bimatoprost/-timolol</t>
+    <t>11/06/2019 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982840/fr/ganfort-bimatoprost/-timolol</t>
   </si>
   <si>
     <t>pprd_2982840</t>
   </si>
   <si>
-    <t>ALLERGAN FRANCE SAS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2908649/en/ganfort-bimatoprost/-timolol</t>
+    <t>https://www.has-sante.fr/jcms/c_460037/fr/ganfort-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231626/fr/ganfort-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774640/fr/ganfort-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908649/fr/ganfort-bimatoprost/-timolol</t>
+  </si>
+  <si>
+    <t>BIMATOPROST/TIMOLOL CHAUVIN (timolol (maléate de)/ bimatoprost)</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983005/fr/bimatoprost/timolol-chauvin-timolol-maleate-de-/-bimatoprost</t>
+  </si>
+  <si>
+    <t>pprd_2983005</t>
+  </si>
+  <si>
+    <t>timolol (maléate de),bimatoprost</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886955/fr/bimatoprost/timolol-chauvin-timolol-maleate-de-/-bimatoprost</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>17</v>
       </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I8" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" t="s">
+        <v>56</v>
+      </c>
+      <c r="K2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J3" t="s">
+        <v>56</v>
+      </c>
+      <c r="K3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+      <c r="I4" t="s">
+        <v>62</v>
+      </c>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="K4" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="L4" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s">
+        <v>75</v>
+      </c>
+      <c r="K5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+      <c r="I6" t="s">
+        <v>55</v>
+      </c>
+      <c r="J6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>84</v>
+      </c>
+      <c r="H7" t="s">
+        <v>85</v>
+      </c>
+      <c r="I7" t="s">
+        <v>55</v>
+      </c>
+      <c r="J7" t="s">
+        <v>86</v>
+      </c>
+      <c r="K7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>90</v>
+      </c>
+      <c r="H8" t="s">
+        <v>91</v>
+      </c>
+      <c r="I8" t="s">
+        <v>62</v>
+      </c>
+      <c r="J8" t="s">
+        <v>92</v>
+      </c>
+      <c r="K8" t="s">
+        <v>93</v>
+      </c>
+      <c r="L8" t="s">
+        <v>94</v>
+      </c>
+      <c r="M8" t="s">
+        <v>95</v>
+      </c>
+      <c r="N8" t="s">
+        <v>96</v>
+      </c>
+      <c r="O8" t="s">
+        <v>97</v>
+      </c>
+      <c r="P8" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>102</v>
+      </c>
+      <c r="H9" t="s">
+        <v>103</v>
+      </c>
+      <c r="I9" t="s">
+        <v>55</v>
+      </c>
+      <c r="J9" t="s">
+        <v>92</v>
+      </c>
+      <c r="K9" t="s">
+        <v>104</v>
+      </c>
+      <c r="L9" t="s">
+        <v>105</v>
+      </c>
+      <c r="M9" t="s">
+        <v>106</v>
+      </c>
+      <c r="N9" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>110</v>
+      </c>
+      <c r="H10" t="s">
+        <v>111</v>
+      </c>
+      <c r="I10" t="s">
+        <v>112</v>
+      </c>
+      <c r="J10" t="s">
+        <v>113</v>
+      </c>
+      <c r="K10" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>