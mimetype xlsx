--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,641 +1,1626 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="169">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines et des oligo-éléments chez les patients atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments. DEKAS PLUS capsules molles et DEKAS PLUS comprimés à croquer sont destinés aux adultes et enfants de plus de 4 ans ; DEKAS PLUS liquide est destiné aux patients ne pouvant pas utiliser de formes solides ; principalement les nourrissons et enfants de moins de 4 ans.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2021 16:49:26</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295110/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3295110</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL BV</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines liposolubles (D, E, K et A) chez les adultes et enfants de plus de 4 ans atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295115/fr/dekas-plus-essential</t>
+  </si>
+  <si>
+    <t>p_3295115</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>01/06/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
+    <t>06/01/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+  </si>
+  <si>
+    <t>CERNEVIT (acide ascorbique/ acide folique/ alpha-tocophérol/ biotine/ cocarboxyl...)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983084/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>pprd_2983084</t>
+  </si>
+  <si>
+    <t>acide ascorbique,acide folique,alpha-tocophérol,biotine,cocarboxylase tétrahydraté,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de) dihydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399726/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642991/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671656/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876787/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>SOLUVIT (vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (ribofl...)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984038/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>pprd_2984038</t>
+  </si>
+  <si>
+    <t>vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (riboflavine) ; vitamine B3 (PP) ; vitamine B5 (acide pantothénique) ; vitamine B6 (pyridoxine) ; vitamine B12 ; vitamine C ; acide folique ; biotine.</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995086/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656379/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400674/fr/soluvit-lyophilisat-pour-usage-parenteral-flacon-verre-de-10-ml-boite-de-10-flacons-code-cip-367-669-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="E3" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
-        <v>15</v>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...130 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
         <v>30</v>
-      </c>
-[...19 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>37</v>
       </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>43</v>
+      </c>
       <c r="C3" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>42</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="H2" t="s">
-        <v>50</v>
+        <v>116</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" t="s">
+        <v>125</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
       </c>
       <c r="I2" t="s">
-        <v>51</v>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H2" t="s">
+        <v>146</v>
+      </c>
+      <c r="I2" t="s">
+        <v>147</v>
       </c>
       <c r="J2" t="s">
-        <v>52</v>
+        <v>148</v>
       </c>
       <c r="K2" t="s">
-        <v>53</v>
+        <v>149</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
+        <v>154</v>
+      </c>
+      <c r="J3" t="s">
+        <v>155</v>
+      </c>
+      <c r="K3" t="s">
+        <v>156</v>
+      </c>
+      <c r="L3" t="s">
+        <v>157</v>
+      </c>
+      <c r="M3" t="s">
+        <v>158</v>
+      </c>
+      <c r="N3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" t="s">
+        <v>163</v>
+      </c>
+      <c r="I4" t="s">
+        <v>164</v>
+      </c>
+      <c r="J4" t="s">
+        <v>165</v>
+      </c>
+      <c r="K4" t="s">
+        <v>166</v>
+      </c>
+      <c r="L4" t="s">
+        <v>167</v>
+      </c>
+      <c r="M4" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>