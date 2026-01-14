--- v0 (2025-10-18)
+++ v1 (2026-01-14)
@@ -1,207 +1,688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+      <c r="I3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+      <c r="I4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>