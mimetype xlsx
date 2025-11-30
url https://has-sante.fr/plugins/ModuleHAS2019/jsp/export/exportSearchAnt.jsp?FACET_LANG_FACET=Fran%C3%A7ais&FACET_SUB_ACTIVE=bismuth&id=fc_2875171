--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,946 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Documents for Patients" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>Solutés de réhydratation orale (SRO)</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>16/10/2002 00:00:00</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...53 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PYLERA (bismuth potassique (sous-citrate de)/ métronidazole/ tétracycline (chl...)</t>
   </si>
   <si>
-    <t>04/05/2018 14:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983315/fr/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+    <t>05/04/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983315/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
   </si>
   <si>
     <t>pprd_2983315</t>
   </si>
   <si>
     <t>bismuth potassique (sous-citrate de),métronidazole,tétracycline (chlorhydrate de)</t>
   </si>
   <si>
     <t>ALLERGAN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1323107/fr/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_598192/fr/anoreine-carraghenates/-sous-gallate-de-bismuth/-zinc-oxyde-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1323107/en/pylera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847905/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
         <v>17</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>18</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>19</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>20</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>21</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
         <v>37</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>38</v>
       </c>
-      <c r="C2" t="s">
+      <c r="J2" t="s">
         <v>39</v>
       </c>
-      <c r="D2" t="s">
+      <c r="K2" t="s">
         <v>40</v>
       </c>
-      <c r="E2" t="s">
+      <c r="L2" t="s">
         <v>41</v>
-      </c>
-[...288 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>