--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,305 +1,927 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="88">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Janvier 2023</t>
+  </si>
+  <si>
+    <t>12/01/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404300/fr/commission-de-la-transparence-reunion-du-18-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3404300</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 Octobre 2022</t>
+  </si>
+  <si>
+    <t>03/10/2022 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373575/fr/commission-de-la-transparence-reunion-du-05-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3373575</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 23 septembre 2020</t>
+  </si>
+  <si>
+    <t>17/09/2020 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202127/fr/commission-de-la-transparence-reunion-a-distance-du-23-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3202127</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0236/DC/SEM du 12 septembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité  VYJUVEK (beremagene geperpavec)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité B-VEC (beremagene geperpavec) dans l’indication « traitement des plaies des patients âgés de 6 mois et plus, atteints d'épidermolyse bulleuse dystrophique (EBD) avec mutation(s) du gène de la chaîne alpha 1 du collagène de type VII (COL7A1) ».</t>
+  </si>
+  <si>
+    <t>12/09/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>24/09/2024 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543157/fr/decision-n2024-0236/dc/sem-du-12-septembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-vyjuvek-beremagene-geperpavec</t>
+  </si>
+  <si>
+    <t>p_3543157</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0178/DC/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé portant adoption d’un projet de recommandation sur les allergènes préparés spécialement pour un seul individu (APSI), en vue de sa publication pour consultation publique</t>
+  </si>
+  <si>
+    <t>Le projet de recommandation, intitulé « Allergènes préparés spécialement pour un seul individu », ci-joint, est adopté, en vue de sa publication pour consultation publique.</t>
+  </si>
+  <si>
+    <t>13/12/2017 14:15:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812602/fr/decision-n2017-0178/dc/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-un-projet-de-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi-en-vue-de-sa-publication-pour-consultation-publique</t>
+  </si>
+  <si>
+    <t>c_2812602</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FILSUVEZ (extrait sec raffiné d’écorce de bouleau)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3380200/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
+    <t>03/02/2023 10:49:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380200/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
   </si>
   <si>
     <t>p_3380200</t>
   </si>
   <si>
     <t>extrait sec raffiné d’écorce de bouleau</t>
   </si>
   <si>
     <t>AMRYT PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3380157/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213245/en/itulazax</t>
+    <t>https://www.has-sante.fr/jcms/p_3380157/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394096/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409219/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
+  </si>
+  <si>
+    <t>ITULAZAX (extrait allergénique standardisé de pollen de bouleau)</t>
+  </si>
+  <si>
+    <t>19/10/2020 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213245/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
   </si>
   <si>
     <t>p_3213245</t>
   </si>
   <si>
     <t>extrait allergénique standardisé de pollen de bouleau</t>
   </si>
   <si>
     <t>ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3213242/en/itulazax</t>
+    <t>https://www.has-sante.fr/jcms/p_3213242/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
+  </si>
+  <si>
+    <t>B.O.P. (nébulisat d'olivier et de bouleau)</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985809/fr/b-o-p-nebulisat-d-olivier-et-de-bouleau</t>
+  </si>
+  <si>
+    <t>pprd_2985809</t>
+  </si>
+  <si>
+    <t>nébulisat d'olivier et de bouleau</t>
+  </si>
+  <si>
+    <t>PAUTRAT P.P.D.H. S.A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400394/fr/b-o-p-nebulisat-d-olivier-et-de-bouleau</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
-[...10 lines deleted...]
-      <c r="M2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>24</v>
       </c>
       <c r="H3" t="s">
         <v>25</v>
       </c>
       <c r="I3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>26</v>
       </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+      <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
+        <v>71</v>
+      </c>
+      <c r="L2" t="s">
+        <v>72</v>
+      </c>
+      <c r="M2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+      <c r="I3" t="s">
+        <v>78</v>
+      </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J4" t="s">
+        <v>86</v>
+      </c>
+      <c r="K4" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>