--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,249 +1,1290 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3467505</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 18 juillet 2023</t>
+  </si>
+  <si>
+    <t>12/07/2023 18:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452185/fr/ceesp-reunion-du-18-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452185</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 Novembre 2022</t>
+  </si>
+  <si>
+    <t>07/11/2022 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383193/fr/commission-de-la-transparence-reunion-du-09-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3383193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 Juin 2022</t>
+  </si>
+  <si>
+    <t>13/06/2022 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343891/fr/commission-de-la-transparence-reunion-du-29-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3343891</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 23 septembre 2020</t>
+  </si>
+  <si>
+    <t>17/09/2020 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202127/fr/commission-de-la-transparence-reunion-a-distance-du-23-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3202127</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>23/09/2019 11:01:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911425/fr/ceesp-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2911425</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2012</t>
+  </si>
+  <si>
+    <t>17/10/2012 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1321793/fr/commission-de-la-transparence-reunion-du-17-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1321793</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0249/DC/SEM du 13 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité [177Lu]Lu-PSMA-617 1000 MBq/mL solution injectable/pour perfusion</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité [177Lu]Lu-PSMA-617 dans l’indication « traitement des adultes atteints d'un cancer de la prostate progressif, métastatique, résistant à la castration, exprimant des récepteurs au PSMA et qui ont été traités par une chimiothérapie par taxane (pour les patients éligibles) et au moins une hormonothérapie dite de seconde génération ».</t>
+  </si>
+  <si>
+    <t>13/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2022 10:00:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359005/fr/decision-n2022-0249/dc/sem-du-13-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-177lu-lu-psma-617-1000-mbq/ml-solution-injectable/pour-perfusion</t>
+  </si>
+  <si>
+    <t>p_3359005</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CABAZITAXEL (cabazitaxel)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:20:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291534/fr/cabazitaxel-cabazitaxel</t>
+  </si>
+  <si>
+    <t>p_3291534</t>
+  </si>
+  <si>
+    <t>cabazitaxel</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / EVER PHARMA FRANCE / REDDY PHARMA SAS / SANDOZ / TEVA SANTE / VIATRIS SANTE / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291303/fr/cabazitaxel-zentiva-20-mg/ml-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196326/fr/cabazitaxel-reddy-pharma-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203283/fr/cabazitaxel-ever-pharma-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203280/fr/cabazitaxel-teva-sante-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212155/fr/cabazitaxel-accord-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389406/fr/cabazitaxel-teva-pharma-cabazitaxel-monohydrate-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471685/fr/cabazitaxel-sandoz-cabazitaxel-monohydrate-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373583/fr/cabazitaxel-viatris-cabazitaxel</t>
   </si>
   <si>
     <t>JEVTANA (cabazitaxel)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982943/en/jevtana-cabazitaxel</t>
+    <t>14/01/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982943/fr/jevtana-cabazitaxel</t>
   </si>
   <si>
     <t>pprd_2982943</t>
   </si>
   <si>
-    <t>cabazitaxel</t>
-[...1 lines deleted...]
-  <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1118594/en/jevtana</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893472/en/jevtana-cabazitaxel</t>
+    <t>https://www.has-sante.fr/jcms/c_1118594/fr/jevtana-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340463/fr/jevtana-cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893472/fr/jevtana-cabazitaxel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
+        <v>56</v>
+      </c>
+      <c r="I6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
+      </c>
+      <c r="I7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+      <c r="I9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+      <c r="I10" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" t="s">
+        <v>89</v>
+      </c>
+      <c r="I14" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>97</v>
+      </c>
+      <c r="J1" t="s">
+        <v>98</v>
+      </c>
+      <c r="K1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" t="s">
+        <v>105</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>109</v>
+      </c>
+      <c r="N2" t="s">
+        <v>110</v>
+      </c>
+      <c r="O2" t="s">
+        <v>111</v>
+      </c>
+      <c r="P2" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>113</v>
+      </c>
+      <c r="R2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
+      </c>
+      <c r="I3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J3" t="s">
+        <v>119</v>
+      </c>
+      <c r="K3" t="s">
+        <v>120</v>
+      </c>
+      <c r="L3" t="s">
+        <v>121</v>
+      </c>
+      <c r="M3" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>