--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,207 +1,1057 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+  </si>
+  <si>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
+  </si>
+  <si>
+    <t>27/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_272069</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 février 2022</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313510/fr/commission-de-la-transparence-reunion-du-9-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3313510</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>11/05/2021 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266397</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DOSTINEX (cabergoline)</t>
+  </si>
+  <si>
+    <t>21/02/2022 15:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984210/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>pprd_2984210</t>
+  </si>
+  <si>
+    <t>cabergoline</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318250/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487098/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599734/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609232/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268752/fr/dostinex-cabergoline</t>
+  </si>
+  <si>
+    <t>CABERGOLINE SANDOZ (cabergoline)</t>
+  </si>
+  <si>
+    <t>26/05/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984769/fr/cabergoline-sandoz-cabergoline</t>
+  </si>
+  <si>
+    <t>pprd_2984769</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742472/fr/cabergoline-sandoz-cabergoline</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+      <c r="I2" t="s">
+        <v>78</v>
+      </c>
+      <c r="J2" t="s">
+        <v>79</v>
+      </c>
+      <c r="K2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L2" t="s">
+        <v>81</v>
+      </c>
+      <c r="M2" t="s">
+        <v>82</v>
+      </c>
+      <c r="N2" t="s">
+        <v>83</v>
+      </c>
+      <c r="O2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>78</v>
+      </c>
+      <c r="J3" t="s">
+        <v>89</v>
+      </c>
+      <c r="K3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>