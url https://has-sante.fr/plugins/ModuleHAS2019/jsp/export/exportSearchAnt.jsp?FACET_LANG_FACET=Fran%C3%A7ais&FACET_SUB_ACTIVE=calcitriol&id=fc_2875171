--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,298 +1,1412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="145">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+    <t>Prévention des chutes accidentelles chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_272503</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine D - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de préciser les situations cliniques pour lesquelles la mesure de la concentration sérique en 25(OH)D est utile.</t>
+  </si>
+  <si>
+    <t>09/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1356838</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 9 juillet 2013</t>
+  </si>
+  <si>
+    <t>31/07/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647062/fr/cnedimts-reunion-du-9-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1647062</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0274/DC/SEM du 21 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CRYSVITA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce pré-AMM (autorisation de mise sur le marché) octroyée à la spécialité CRYSVITA dans l'indication « Traitement de l’hypophosphatémie liée au FGF23 chez les patients pédiatriques âgés d’un an et plus et chez les adultes atteints d’ostéomalacie oncogénique associée aux tumeurs mésenchymateuses phosphaturiques qui ne relèvent pas d’une exérèse à visée curative ou ne peuvent pas être localisées ».</t>
+  </si>
+  <si>
+    <t>21/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2022 13:51:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359197/fr/decision-n2022-0274/dc/sem-du-21-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-crysvita</t>
+  </si>
+  <si>
+    <t>p_3359197</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SILKIS (calcitriol)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984632/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>pprd_2984632</t>
+  </si>
+  <si>
+    <t>calcitriol</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399779/fr/silkis-3-microgrammes/gramme-pommade-tube-de-30-g-100-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539597/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736833/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003844/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149201/fr/silkis-calcitriol</t>
+  </si>
+  <si>
+    <t>ROCALTROL (calcitriol)</t>
+  </si>
+  <si>
+    <t>03/11/2016 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983891/fr/rocaltrol-calcitriol</t>
+  </si>
+  <si>
+    <t>pprd_2983891</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399234/fr/rocaltrol-0-25-g-capsule-molle-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460213/fr/rocaltrol-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074083/fr/rocaltrol-calcitriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680650/fr/rocaltrol-calcitriol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="D5" t="s">
         <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" t="s">
+        <v>80</v>
+      </c>
+      <c r="E3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D4" t="s">
+        <v>86</v>
+      </c>
+      <c r="E4" t="s">
+        <v>87</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>88</v>
+      </c>
+      <c r="H4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H5" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+      <c r="I2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>121</v>
+      </c>
+      <c r="J1" t="s">
+        <v>122</v>
+      </c>
+      <c r="K1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>127</v>
+      </c>
+      <c r="H2" t="s">
+        <v>128</v>
+      </c>
+      <c r="I2" t="s">
+        <v>129</v>
+      </c>
+      <c r="J2" t="s">
+        <v>130</v>
+      </c>
+      <c r="K2" t="s">
+        <v>131</v>
+      </c>
+      <c r="L2" t="s">
+        <v>132</v>
+      </c>
+      <c r="M2" t="s">
+        <v>133</v>
+      </c>
+      <c r="N2" t="s">
+        <v>134</v>
+      </c>
+      <c r="O2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" t="s">
+        <v>140</v>
+      </c>
+      <c r="K3" t="s">
+        <v>141</v>
+      </c>
+      <c r="L3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M3" t="s">
+        <v>143</v>
+      </c>
+      <c r="N3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>