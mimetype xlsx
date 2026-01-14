--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,387 +1,1683 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="170">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 avril 2024</t>
+  </si>
+  <si>
+    <t>17/04/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3508632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 décembre 2017</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812054/fr/ceesp-reunion-du-12-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812054</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2014</t>
+  </si>
+  <si>
+    <t>28/02/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718741/fr/commission-de-la-transparence-reunion-du-22-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1718741</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726254/fr/commission-de-la-transparence-reunion-du-5-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1726254</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
   </si>
   <si>
     <t>pprd_2982751</t>
   </si>
   <si>
     <t>canakinumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539069/en/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>91</v>
+      </c>
+      <c r="H5" t="s">
+        <v>92</v>
+      </c>
+      <c r="I5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" t="s">
+        <v>96</v>
+      </c>
+      <c r="I6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H7" t="s">
+        <v>100</v>
+      </c>
+      <c r="I7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>103</v>
+      </c>
+      <c r="H8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>105</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>106</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>107</v>
+      </c>
+      <c r="H9" t="s">
+        <v>108</v>
+      </c>
+      <c r="I9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>109</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>110</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>111</v>
+      </c>
+      <c r="H10" t="s">
+        <v>112</v>
+      </c>
+      <c r="I10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>113</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>114</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>115</v>
+      </c>
+      <c r="H11" t="s">
+        <v>116</v>
+      </c>
+      <c r="I11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>118</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>119</v>
+      </c>
+      <c r="H12" t="s">
+        <v>120</v>
+      </c>
+      <c r="I12" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>122</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>123</v>
+      </c>
+      <c r="H13" t="s">
+        <v>124</v>
+      </c>
+      <c r="I13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" t="s">
+        <v>128</v>
+      </c>
+      <c r="I14" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>130</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>131</v>
+      </c>
+      <c r="H15" t="s">
+        <v>132</v>
+      </c>
+      <c r="I15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>134</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>135</v>
+      </c>
+      <c r="H16" t="s">
+        <v>136</v>
+      </c>
+      <c r="I16" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>138</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>139</v>
+      </c>
+      <c r="H17" t="s">
+        <v>140</v>
+      </c>
+      <c r="I17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>142</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>143</v>
+      </c>
+      <c r="H18" t="s">
+        <v>144</v>
+      </c>
+      <c r="I18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>146</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>147</v>
+      </c>
+      <c r="H19" t="s">
+        <v>148</v>
+      </c>
+      <c r="I19" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:U2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>151</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>156</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>162</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>163</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>164</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>165</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>166</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>168</v>
       </c>
       <c r="U2" t="s">
-        <v>36</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>