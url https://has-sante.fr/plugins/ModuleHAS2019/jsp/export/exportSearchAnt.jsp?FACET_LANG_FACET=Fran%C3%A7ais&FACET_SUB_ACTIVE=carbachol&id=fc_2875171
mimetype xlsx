--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,203 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...8 lines deleted...]
-    <t>01/06/2001 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400799/fr/miostat-100-microgrammes/ml-solution-injectable-pour-voie-intra-oculaire-boite-de-12-flacons-de-1-5-ml-cip-566-812-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -248,121 +212,37 @@
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...82 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>