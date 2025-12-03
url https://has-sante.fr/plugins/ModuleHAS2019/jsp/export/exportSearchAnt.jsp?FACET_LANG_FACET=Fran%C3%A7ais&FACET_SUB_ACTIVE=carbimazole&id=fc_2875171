--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,149 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="63">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/11/2022</t>
+  </si>
+  <si>
+    <t>15/06/2023 08:36:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411409/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/11/2022</t>
+  </si>
+  <si>
+    <t>p_3411409</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NEOMERCAZOLE (carbimazole)</t>
+  </si>
+  <si>
+    <t>12/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985871/fr/neomercazole-carbimazole</t>
+  </si>
+  <si>
+    <t>pprd_2985871</t>
+  </si>
+  <si>
+    <t>carbimazole</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400145/fr/neomercazole-20-mg-comprime-boite-de-30-code-cip-361-622-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773287/fr/neo-mercazole-carbimazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874835/fr/neo-mercazole-carbimazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -168,37 +321,375 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+      <c r="J1" t="s">
+        <v>51</v>
+      </c>
+      <c r="K1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+      <c r="I2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J2" t="s">
+        <v>59</v>
+      </c>
+      <c r="K2" t="s">
+        <v>60</v>
+      </c>
+      <c r="L2" t="s">
+        <v>61</v>
+      </c>
+      <c r="M2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>