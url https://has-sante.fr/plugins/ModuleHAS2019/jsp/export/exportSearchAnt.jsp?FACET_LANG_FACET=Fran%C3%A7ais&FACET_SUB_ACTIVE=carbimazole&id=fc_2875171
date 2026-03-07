--- v1 (2025-12-03)
+++ v2 (2026-03-07)
@@ -18,86 +18,101 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des dysthyroïdies chez l’adulte</t>
   </si>
   <si>
     <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
   </si>
   <si>
     <t>15/12/2022 00:00:00</t>
   </si>
   <si>
     <t>14/03/2023 10:10:00</t>
   </si>
@@ -257,51 +272,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -313,383 +328,409 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
         <v>29</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="K1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="J2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="K2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="L2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>