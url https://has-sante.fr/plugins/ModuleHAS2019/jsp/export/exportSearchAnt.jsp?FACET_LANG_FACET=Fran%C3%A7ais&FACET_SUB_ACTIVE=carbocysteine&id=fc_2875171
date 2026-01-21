--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>