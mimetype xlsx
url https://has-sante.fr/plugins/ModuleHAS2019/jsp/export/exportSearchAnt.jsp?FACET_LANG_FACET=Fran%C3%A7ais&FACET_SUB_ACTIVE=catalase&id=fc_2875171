--- v0 (2025-10-19)
+++ v1 (2026-03-01)
@@ -1,269 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/12/2021 21:44:00</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400544/fr/pulvo-47-neomycine-poudre-pour-application-cutanee-flacon-pressurise-de-4-g-code-cip-314-248-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -273,323 +174,78 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...243 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>