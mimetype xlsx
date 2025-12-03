--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,323 +1,590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>MAGNESIUM CHLORURE RENAUDIN (lactate de magnésium dihydraté/ chlorhydrate de pyridoxine (vitam...)</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 novembre 2008</t>
+  </si>
+  <si>
+    <t>12/11/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714403/fr/commission-de-la-transparence-reunion-du-12-novembre-2008</t>
+  </si>
+  <si>
+    <t>c_714403</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MAGNESIUM (lactate de magnésium dihydraté/ chlorhydrate de pyridoxine (vitamine B6)/ magnésium (chlorure de)/ gluconate de magnésium/ glucoheptogluconate de magnésium)</t>
+  </si>
+  <si>
     <t>12/12/2016 14:50:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983828/en/magnesium-chlorure-renaudin-lactate-de-magnesium-dihydrate/-chlorhydrate-de-pyridoxine-vitam</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983828/fr/magnesium-lactate-de-magnesium-dihydrate/-chlorhydrate-de-pyridoxine-vitamine-b6-/-magnesium-chlorure-de-/-gluconate-de-magnesium/-glucoheptogluconate-de-magnesium</t>
   </si>
   <si>
     <t>pprd_2983828</t>
   </si>
   <si>
     <t>magnésium (chlorure de),lactate de magnésium dihydraté,chlorhydrate de pyridoxine (vitamine B6),gluconate de magnésium,glucoheptogluconate de magnésium</t>
   </si>
   <si>
     <t>BIOGARAN/ LABCATAL/ NOVARTIS SANTE FAMILIALE S.A./ RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400511/en/magnesium-monal-2-2-glucoheptogluconate-de-magnesium</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985359/en/uvimag-b6-n/r/-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine</t>
+    <t>https://www.has-sante.fr/jcms/c_400511/fr/magnesium-monal-2-2-glucoheptogluconate-de-magnesium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400529/fr/magnesium-oligosol-gluconate-de-magnesium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_726769/fr/magnesium-vitamine-b6-biogaran-lactate-de-magnesium-dihydrate/-chlorhydrate-de-pyridoxine-vitamine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729404/fr/magnesium-chlorure-renaudin-chlorure-de-magnesium</t>
+  </si>
+  <si>
+    <t>UVIMAG B6 (glycérophosphate acide de magnésium/ chlorhydrate de pyridoxine (vitamine B6))</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985359/fr/uvimag-b6-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine-vitamine-b6</t>
   </si>
   <si>
     <t>pprd_2985359</t>
   </si>
   <si>
     <t>glycérophosphate acide de magnésium,chlorhydrate de pyridoxine (vitamine B6)</t>
   </si>
   <si>
     <t>ZAMBON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400590/en/uvimag-b6-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine-vitamine-b6</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_725227/en/uvimag-b6</t>
+    <t>https://www.has-sante.fr/jcms/c_400590/fr/uvimag-b6-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine-vitamine-b6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676910/fr/uvimag-b6-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine-vitamine-b6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725227/fr/uvimag-b6-glycerophosphate-acide-de-magnesium/-chlorhydrate-de-pyridoxine-vitamine-b6</t>
+  </si>
+  <si>
+    <t>MAGNE B6 (lactate de magnésium dihydraté/ pidolate de magnésium (uniquement solu...)</t>
+  </si>
+  <si>
+    <t>22/09/2009 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985360/fr/magne-b6-lactate-de-magnesium-dihydrate/-pidolate-de-magnesium-uniquement-solu</t>
+  </si>
+  <si>
+    <t>pprd_2985360</t>
+  </si>
+  <si>
+    <t>lactate de magnésium dihydraté,pidolate de magnésium (uniquement solution buvable),chlorhydrate de pyridoxine (vitamine B6)</t>
+  </si>
+  <si>
+    <t>SANOFI AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399438/fr/magne-b6-solution-buvable-en-ampoule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400510/fr/magne-b6-solution-buvable-b/10-code-cip-329-784-5-b/30-code-cip-324-304-5-magne-b6-comprime-enrobe-b/50-code-cip-312-500-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676874/fr/magne-b6-lactate-de-magnesium-dihydrate/-pidolate-de-magnesium-uniquement-solu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725219/fr/magne-b6-lactate-de-magnesium-dihydrate/-pidolate-de-magnesium-uniquement-solu</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>20</v>
+      </c>
+      <c r="J1" t="s">
+        <v>21</v>
+      </c>
+      <c r="K1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>23</v>
       </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" t="s">
+        <v>28</v>
+      </c>
+      <c r="J2" t="s">
+        <v>29</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>31</v>
+      </c>
+      <c r="M2" t="s">
+        <v>32</v>
+      </c>
+      <c r="N2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K5" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>