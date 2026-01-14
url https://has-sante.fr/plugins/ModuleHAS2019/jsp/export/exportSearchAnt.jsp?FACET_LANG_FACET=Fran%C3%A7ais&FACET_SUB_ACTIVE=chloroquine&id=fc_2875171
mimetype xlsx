--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,292 +1,1467 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="138">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>12/07/2016 00:00:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence de l’acte de fluoroscopie de l’œil réalisé par l’ophtalmologue</t>
+  </si>
+  <si>
+    <t>Evaluation de la pertinence du fond de l’œil réalisé sans enregistrement après une injection intraveineuse de fluorescéine chez les patients susceptibles d’être atteints d’une pathologie de la rétine.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907407/fr/evaluation-de-la-pertinence-de-l-acte-de-fluoroscopie-de-l-oeil-realise-par-l-ophtalmologue</t>
+  </si>
+  <si>
+    <t>c_2907407</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique des infections à Plasmodium</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues à l’hématozoaire du genre Plasmodium (paludisme), la HAS a évalué les techniques directes de recherche du parasite dans le sang par microscopie (sur frottis sanguin et goutte épaisse) et des protéines plasmodiales par immunochromatographie (ICG) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques</t>
+  </si>
+  <si>
+    <t>07/12/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
   </si>
   <si>
     <t>c_2636855</t>
+  </si>
+  <si>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SAVARINE (chloroquine/ chlorhydrate de proguanil)</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983000/fr/savarine-chloroquine/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>pprd_2983000</t>
+  </si>
+  <si>
+    <t>chloroquine,chlorhydrate de proguanil</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657796/fr/savarine-chloroquine/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1626136/fr/savarine-chloroquine/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887762/fr/savarine-chloroquine/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Critères d’évaluation des pratiques professionnelles (EPP)</t>
+  </si>
+  <si>
+    <t>Un critère d’évaluation de la pratique professionnelle est un élément mesurable qui témoigne, de manière prouvée ou consensuelle, de la qualité ou de la sécurité des soins délivrés aux patients.</t>
+  </si>
+  <si>
+    <t>13/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438005/fr/criteres-d-evaluation-des-pratiques-professionnelles-epp</t>
+  </si>
+  <si>
+    <t>c_438005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J1" t="s">
+        <v>120</v>
+      </c>
+      <c r="K1" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I2" t="s">
+        <v>127</v>
+      </c>
+      <c r="J2" t="s">
+        <v>128</v>
+      </c>
+      <c r="K2" t="s">
+        <v>129</v>
+      </c>
+      <c r="L2" t="s">
+        <v>130</v>
+      </c>
+      <c r="M2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>