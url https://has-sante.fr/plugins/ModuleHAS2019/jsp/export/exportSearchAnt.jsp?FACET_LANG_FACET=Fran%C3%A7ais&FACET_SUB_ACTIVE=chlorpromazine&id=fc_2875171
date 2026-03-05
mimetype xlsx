--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -38,65 +38,83 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
   </si>
   <si>
     <t>p_3574909</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
@@ -210,68 +228,50 @@
     <t>04/10/2016 11:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_1242645</t>
   </si>
   <si>
     <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
   </si>
   <si>
     <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
   </si>
   <si>
     <t>27/05/2009 00:00:00</t>
   </si>
   <si>
     <t>08/06/2012 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
   </si>
   <si>
     <t>c_819667</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
   </si>
   <si>
     <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
   </si>
   <si>
     <t>08/07/2009 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
   </si>
   <si>
     <t>c_819557</t>
   </si>
   <si>
     <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
@@ -455,259 +455,259 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>59</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>64</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>65</v>
       </c>
       <c r="H11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
@@ -724,51 +724,51 @@
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>76</v>
       </c>
       <c r="H13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">