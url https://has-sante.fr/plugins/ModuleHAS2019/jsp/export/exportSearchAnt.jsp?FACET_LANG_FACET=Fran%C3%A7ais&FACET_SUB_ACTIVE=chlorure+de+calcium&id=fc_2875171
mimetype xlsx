--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,445 +1,2098 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="208">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PROVOX LIFE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>11/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:29:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599563/fr/provox-life</t>
+  </si>
+  <si>
+    <t>p_3599563</t>
+  </si>
+  <si>
+    <t>Prothèse respiratoire pour laryngectomisés  totaux porteurs ou non d’un implant  phonatoire</t>
+  </si>
+  <si>
+    <t>ATOS MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_550223/fr/hylovis</t>
+  </si>
+  <si>
+    <t>c_550223</t>
+  </si>
+  <si>
+    <t>SYSTEME PROVOX HME</t>
+  </si>
+  <si>
+    <t>14/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398697/fr/systeme-provox-hme</t>
+  </si>
+  <si>
+    <t>c_398697</t>
+  </si>
+  <si>
+    <t>COLLIN ORL-CMF (France)</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398724/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_398724</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 6 avril 2022</t>
+  </si>
+  <si>
+    <t>29/03/2022 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326987/fr/commission-de-la-transparence-reunion-du-6-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3326987</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2011</t>
+  </si>
+  <si>
+    <t>20/07/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072988/fr/commission-de-la-transparence-reunion-du-20-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1072988</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 septembre 2007</t>
+  </si>
+  <si>
+    <t>26/09/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682819/fr/commission-de-la-transparence-reunion-du-26-septembre-2007</t>
+  </si>
+  <si>
+    <t>c_682819</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>04/14/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>14/04/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3331596/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>10/04/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>04/10/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>PRISMASOL POTASSIUM (solution d'électrolytes : chlorure de calcium, glucose anhydre, acide ...)</t>
+  </si>
+  <si>
+    <t>27/11/2019 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985973/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>pprd_2985973</t>
+  </si>
+  <si>
+    <t>solution d'électrolytes : chlorure de calcium, glucose anhydre, acide lactique, chlorure de magnesium,solution tampon : bicarbonate de sodium, chlorure de potassium, chlorure de sodium</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399651/fr/prismasol-2mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-prismasol-4mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-5000-ml-en-poche-pvc-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
   </si>
   <si>
     <t>CADDERA (chlorure de calcium dihydraté)</t>
   </si>
   <si>
-    <t>09/06/2019 11:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3083645/en/caddera-chlorure-de-calcium-dihydrate</t>
+    <t>06/09/2019 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083645/fr/caddera-chlorure-de-calcium-dihydrate</t>
   </si>
   <si>
     <t>p_3083645</t>
   </si>
   <si>
     <t>chlorure de calcium dihydraté</t>
   </si>
   <si>
     <t>FRESENIUS MEDICAL CARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3083088/en/caddera-chlorure-de-calcium-dihydrate</t>
+    <t>https://www.has-sante.fr/jcms/p_3083088/fr/caddera-chlorure-de-calcium-dihydrate</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>PHYSIONEAL 35 et 40 GLUCOSE (chlorure de sodium/ chlorure de calcium dihydraté/ lactate de sodium a...)</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984834/fr/physioneal-35-et-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>pprd_2984834</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de calcium dihydraté,lactate de sodium anhydre,chlorure de magnésium hexahydraté,glucose monohydraté,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400012/fr/physioneal-35-glucose-1-36-physioneal-35-glucose-2-27-physioneal-35-glucose-3-86-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720503/fr/physioneal-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>ISOFUNDINE (chlorure de sodium/ chlorure de potassium/ chlorure de magnésium hexahydraté/ chlorure de calcium dihydraté/ acétate de sodium trihydraté/ acide malique)</t>
+  </si>
+  <si>
+    <t>10/10/2007 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985423/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>pprd_2985423</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,acétate de sodium trihydraté,acide malique</t>
+  </si>
+  <si>
+    <t>B BRAUN Medical</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603026/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>MULTIBIC (bicarbonate de sodium/ chlorure de calcium/ chlorure de magnésium hexa...)</t>
+  </si>
+  <si>
+    <t>02/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985892/fr/multibic-bicarbonate-de-sodium/-chlorure-de-calcium/-chlorure-de-magnesium-hexa</t>
+  </si>
+  <si>
+    <t>pprd_2985892</t>
+  </si>
+  <si>
+    <t>bicarbonate de sodium,chlorure de calcium,chlorure de magnésium hexahydraté,chlorure de potassium,chlorure de sodium,glucose monohydrate,solution acide à base de glucose et d’électrolytes (petit compartiment),solution alcaline de bicarbonate (grand compartiment)</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400034/fr/multibic-2-mmol/l-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2-multibic-sans-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2</t>
+  </si>
+  <si>
+    <t>DIALYSE PERITONEALE CONTINUE AMBULATOIRE (chlorure de calcium/ chlorure de sodium/ chlorure de magnésium hexahyd...)</t>
+  </si>
+  <si>
+    <t>05/03/2003 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985952/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+  </si>
+  <si>
+    <t>pprd_2985952</t>
+  </si>
+  <si>
+    <t>chlorure de calcium,chlorure de sodium,chlorure de magnésium hexahydraté,glucose anhydre,lactate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399805/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" t="s">
+        <v>66</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>77</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H2" t="s">
+        <v>101</v>
+      </c>
+      <c r="I2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
       </c>
       <c r="I3" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>102</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="H4" t="s">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>113</v>
+      </c>
+      <c r="H5" t="s">
+        <v>114</v>
+      </c>
+      <c r="I5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>117</v>
+      </c>
+      <c r="H6" t="s">
+        <v>118</v>
+      </c>
+      <c r="I6" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>120</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>121</v>
+      </c>
+      <c r="H7" t="s">
+        <v>122</v>
+      </c>
+      <c r="I7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>97</v>
+      </c>
+      <c r="B8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>124</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>125</v>
+      </c>
+      <c r="H8" t="s">
+        <v>126</v>
+      </c>
+      <c r="I8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>97</v>
+      </c>
+      <c r="B9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>128</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>129</v>
+      </c>
+      <c r="H9" t="s">
+        <v>130</v>
+      </c>
+      <c r="I9" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>97</v>
+      </c>
+      <c r="B10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>132</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>133</v>
+      </c>
+      <c r="H10" t="s">
+        <v>134</v>
+      </c>
+      <c r="I10" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>135</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>136</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>137</v>
+      </c>
+      <c r="H11" t="s">
+        <v>138</v>
+      </c>
+      <c r="I11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>139</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
+      </c>
+      <c r="J2" t="s">
+        <v>147</v>
+      </c>
+      <c r="K2" t="s">
+        <v>148</v>
+      </c>
+      <c r="L2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
+        <v>154</v>
+      </c>
+      <c r="J3" t="s">
+        <v>155</v>
+      </c>
+      <c r="K3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" t="s">
+        <v>161</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>162</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>163</v>
+      </c>
+      <c r="L4" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>166</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>167</v>
+      </c>
+      <c r="H5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K5" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>174</v>
+      </c>
+      <c r="H6" t="s">
+        <v>175</v>
+      </c>
+      <c r="I6" t="s">
+        <v>176</v>
+      </c>
+      <c r="J6" t="s">
+        <v>177</v>
+      </c>
+      <c r="K6" t="s">
+        <v>178</v>
+      </c>
+      <c r="L6" t="s">
+        <v>179</v>
+      </c>
+      <c r="M6" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" t="s">
+        <v>181</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>183</v>
+      </c>
+      <c r="H7" t="s">
+        <v>184</v>
+      </c>
+      <c r="I7" t="s">
+        <v>185</v>
+      </c>
+      <c r="J7" t="s">
+        <v>162</v>
+      </c>
+      <c r="K7" t="s">
+        <v>186</v>
+      </c>
+      <c r="L7" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" t="s">
+        <v>188</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>189</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>190</v>
+      </c>
+      <c r="H8" t="s">
+        <v>191</v>
+      </c>
+      <c r="I8" t="s">
+        <v>192</v>
+      </c>
+      <c r="J8" t="s">
+        <v>193</v>
+      </c>
+      <c r="K8" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>141</v>
+      </c>
+      <c r="B9" t="s">
+        <v>195</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>196</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>197</v>
+      </c>
+      <c r="H9" t="s">
+        <v>198</v>
+      </c>
+      <c r="I9" t="s">
+        <v>199</v>
+      </c>
+      <c r="J9" t="s">
+        <v>200</v>
+      </c>
+      <c r="K9" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B10" t="s">
+        <v>202</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>203</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>204</v>
+      </c>
+      <c r="H10" t="s">
+        <v>205</v>
+      </c>
+      <c r="I10" t="s">
+        <v>206</v>
+      </c>
+      <c r="J10" t="s">
+        <v>200</v>
+      </c>
+      <c r="K10" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>