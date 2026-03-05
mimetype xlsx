--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -33,89 +33,110 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="247">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>CLINUTREN THICKENUP CLEAR</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2026 14:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807656/fr/clinutren-thickenup-clear</t>
+  </si>
+  <si>
+    <t>p_3807656</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NESTLE HEALTH SCIENCE France</t>
+  </si>
+  <si>
     <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>07/12/2010 00:00:00</t>
   </si>
   <si>
     <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
   </si>
   <si>
     <t>c_1010207</t>
   </si>
   <si>
     <t>TRB CHEMEDICA SAS (France)</t>
   </si>
   <si>
     <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
   </si>
   <si>
     <t>c_1010209</t>
   </si>
@@ -803,51 +824,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J10"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -867,1634 +888,1666 @@
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
       <c r="J3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I7" t="s">
         <v>12</v>
       </c>
       <c r="J7" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I8" t="s">
         <v>12</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I9" t="s">
         <v>12</v>
       </c>
       <c r="J9" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="I10" t="s">
         <v>12</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C7" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="H7" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C8" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="H8" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="H9" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="C11" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B2" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="E2" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="H2" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="I2" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B3" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="H3" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="I3" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B4" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H4" t="s">
+        <v>142</v>
+      </c>
+      <c r="I4" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B5" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="H5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="I5" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B6" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="H6" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="I6" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B7" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="H7" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="I7" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B8" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="I8" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="H9" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="I9" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B10" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="H10" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="I10" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B11" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="H11" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="I11" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B12" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="H12" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="I12" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B13" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="H13" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="I13" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B14" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="H14" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="I14" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="B2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C2" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D2" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="D2" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="H2" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C3" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="D3" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="E3" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="H3" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C2" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="H2" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B2" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="H2" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="I2" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="J2" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="K2" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B3" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="H3" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="I3" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="J3" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="K3" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="L3" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B4" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="H4" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="I4" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="J4" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="K4" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B5" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="H5" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="I5" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="J5" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="K5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B6" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="H6" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="I6" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="J6" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="K6" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>