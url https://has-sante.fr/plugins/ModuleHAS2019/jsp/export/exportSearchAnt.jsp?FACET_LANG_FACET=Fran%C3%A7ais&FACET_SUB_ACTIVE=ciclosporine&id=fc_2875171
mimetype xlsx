--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,986 +1,8417 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1656" uniqueCount="940">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SPOT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238885/fr/spot</t>
+  </si>
+  <si>
+    <t>p_3238885</t>
+  </si>
+  <si>
+    <t>Verre scléral à haute perméabilité à l’oxygène</t>
+  </si>
+  <si>
+    <t>LABORATOIRE D APPAREILLAGE OCULAIRE</t>
+  </si>
+  <si>
+    <t>ACTINICA</t>
+  </si>
+  <si>
+    <t>03/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634431/fr/actinica</t>
+  </si>
+  <si>
+    <t>c_2634431</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Verre scléral</t>
+  </si>
+  <si>
+    <t>15/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2016 11:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586584/fr/spot</t>
+  </si>
+  <si>
+    <t>c_2586584</t>
+  </si>
+  <si>
+    <t>LABORATOIRE D'APPAREILLAGE OCULAIRE (LAO)</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>SPOT - 25 janvier 2011 (3029) avis</t>
+  </si>
+  <si>
+    <t>25/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2011 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012176/fr/spot-25-janvier-2011-3029-avis</t>
+  </si>
+  <si>
+    <t>c_1012176</t>
+  </si>
+  <si>
+    <t>Laboratoire d’appareillage oculaire</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>OPTIVE</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_711468/fr/optive</t>
+  </si>
+  <si>
+    <t>c_711468</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS France</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>04/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2007 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522728/fr/spot</t>
+  </si>
+  <si>
+    <t>c_522728</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Polyadénomatose mammaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de polyadénomatose mammaire. Il a été élaboré par le Centre de Référence Pathologies Gynécologiques Rares PGR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289826/fr/polyadenomatose-mammaire</t>
+  </si>
+  <si>
+    <t>p_3289826</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>ALD n° 28 - Suite de transplantation rénale de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>03/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2018 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_689330/fr/ald-n-28-suite-de-transplantation-renale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_689330</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>02/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2008 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673765/fr/ald-n-19-syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_673765</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Syndrome néphrotique idiopathique de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide « Syndromes néphrotiques idiopathiques de l’adulte » complète sous la forme d’un protocole national de diagnostic et de soins (PNDS), ce syndrome étant répertorié parmi les maladies rares, le guide de l’ALD 19 « Néphropathies chroniques graves ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673762/fr/ald-n-19-syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_673762</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Les anticoagulants oraux</t>
+  </si>
+  <si>
+    <t>Il existe 2 classes d’anticoagulants oraux : les anticoagulants oraux antivitamine K (AVK) utilisés en cas de fibrillation auriculaire (valvulaire ou non valvulaire) et les anticoagulants oraux d’action directe (AOD) utilisés en cas de fibrillation auriculaire non valvulaire.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851086/fr/les-anticoagulants-oraux</t>
+  </si>
+  <si>
+    <t>c_2851086</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2024</t>
+  </si>
+  <si>
+    <t>22/05/2024 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518494/fr/commission-de-la-transparence-reunion-du-29-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3518494</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 décembre 2023</t>
+  </si>
+  <si>
+    <t>19/03/2024 10:53:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500905/fr/college-deliberatif-du-7-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3500905</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 février 2024</t>
+  </si>
+  <si>
+    <t>22/02/2024 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496997/fr/commission-de-la-transparence-reunion-du-28-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3496997</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 février 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 11:51:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494587/fr/college-deliberatif-du-10-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3494587</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 novembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494817/fr/college-deliberatif-du-10-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494817</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 février 2024</t>
+  </si>
+  <si>
+    <t>07/02/2024 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493692/fr/commission-de-la-transparence-reunion-du-14-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493692</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 octobre 2023</t>
+  </si>
+  <si>
+    <t>27/12/2023 10:07:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485693/fr/commission-de-la-transparence-reunion-du-4-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3485693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 novembre 2023</t>
+  </si>
+  <si>
+    <t>17/11/2023 11:53:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473177/fr/commission-de-la-transparence-reunion-du-22-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 Octobre 2022</t>
+  </si>
+  <si>
+    <t>20/10/2022 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380674/fr/commission-de-la-transparence-reunion-du-26-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3380674</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 Aout 2022</t>
+  </si>
+  <si>
+    <t>02/09/2022 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361371/fr/commission-de-la-transparence-reunion-du-31-aout-2022</t>
+  </si>
+  <si>
+    <t>p_3361371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Juillet 2022</t>
+  </si>
+  <si>
+    <t>08/07/2022 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351510/fr/commission-de-la-transparence-reunion-du-11-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3351510</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 février 2022</t>
+  </si>
+  <si>
+    <t>25/01/2022 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3311951</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 1 décembre 2021</t>
+  </si>
+  <si>
+    <t>25/11/2021 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301479/fr/commission-de-la-transparence-reunion-a-distance-du-1-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3301479</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 décembre 2020</t>
+  </si>
+  <si>
+    <t>14/12/2020 08:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223645/fr/cnedimts-du-15-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223645</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 février 2020</t>
+  </si>
+  <si>
+    <t>09/03/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161572/fr/ceesp-reunion-du-11-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3161572</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2020</t>
+  </si>
+  <si>
+    <t>15/01/2020 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146299/fr/commission-de-la-transparence-reunion-du-22-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3146299</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2019</t>
+  </si>
+  <si>
+    <t>13/11/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118206/fr/commission-de-la-transparence-reunion-du-20-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3118206</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>25/10/2018 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880775/fr/commission-de-la-transparence-reunion-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2880775</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2018</t>
+  </si>
+  <si>
+    <t>27/04/2018 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2846667/fr/college-deliberatif-du-2-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2846667</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>11/04/2016 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623740/fr/college-deliberatif-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2623740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2014</t>
+  </si>
+  <si>
+    <t>01/07/2014 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751604/fr/commission-de-la-transparence-reunion-du-9-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1751604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mai 2010</t>
+  </si>
+  <si>
+    <t>05/05/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950375/fr/commission-de-la-transparence-reunion-du-5-mai-2010</t>
+  </si>
+  <si>
+    <t>c_950375</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 avril 2009</t>
+  </si>
+  <si>
+    <t>29/04/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779225/fr/commission-de-la-transparence-reunion-du-29-avril-2009</t>
+  </si>
+  <si>
+    <t>c_779225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2008</t>
+  </si>
+  <si>
+    <t>25/06/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673949/fr/commission-de-la-transparence-reunion-du-25-juin-2008</t>
+  </si>
+  <si>
+    <t>c_673949</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2008</t>
+  </si>
+  <si>
+    <t>02/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644154/fr/commission-de-la-transparence-reunion-du-2-avril-2008</t>
+  </si>
+  <si>
+    <t>c_644154</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2008</t>
+  </si>
+  <si>
+    <t>20/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635304/fr/commission-de-la-transparence-reunion-du-20-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_635304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0462/DC/SEM du 7 décembre 2023 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité CICLOGRAFT (ciclosporine)</t>
+  </si>
+  <si>
+    <t>Refus de renouvellement de l'autorisation d’accès précoce à la spécialité CICLOGRAFT (ciclosporine).</t>
+  </si>
+  <si>
+    <t>07/12/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/12/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482089/fr/decision-n2023-0462/dc/sem-du-7-decembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-ciclograft-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3482089</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0108/DC/SEM du 16 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité SPEVIGO</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité SPEVIGO (spésolimab) dans l'indication « chez les adultes dans le traitement des poussées de psoriasis pustuleux généralisé (PPG) en monothérapie ».</t>
+  </si>
+  <si>
+    <t>16/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 15:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423172/fr/decision-n2023-0108/dc/sem-du-16-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-spevigo</t>
+  </si>
+  <si>
+    <t>p_3423172</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0374/DC/SEM du 10 novembre 2022 du collège de la Haute Autorité de santé portant autorisation de la demande d’autorisation d’accès précoce de la spécialité CICLOGRAFT</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité CICLOGRAFT (ciclosporine).</t>
+  </si>
+  <si>
+    <t>10/11/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>25/11/2022 08:41:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390405/fr/decision-n2022-0374/dc/sem-du-10-novembre-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-ciclograft</t>
+  </si>
+  <si>
+    <t>p_3390405</t>
+  </si>
+  <si>
+    <t>Décision 2022.0511/DP/SEM du 27 octobre 2022 de la Présidente de la Haute Autorité de santé prise au nom du collège portant autorisation d’accès précoce de la spécialité DUPIXENT</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité DUPIXENT (dupilumab) dans l’indication « Traitement de la dermatite atopique sévère de l’enfant âgé de 6 mois à 5 ans candidat à un traitement systémique ».</t>
+  </si>
+  <si>
+    <t>27/10/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>04/11/2022 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383134/fr/decision-2022-0511/dp/sem-du-27-octobre-2022-de-la-presidente-de-la-haute-autorite-de-sante-prise-au-nom-du-college-portant-autorisation-d-acces-precoce-de-la-specialite-dupixent</t>
+  </si>
+  <si>
+    <t>p_3383134</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0058/DC/SEM du 10 février 2022 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité CICLOGRAFT</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament CICLOGRAFT, dans l'indication « prévention du rejet de greffe de cornée chez les patients à risque de rejet en association (simultanée ou non) avec les corticoïdes, dans les situations à risque suivantes : présence de néovascularisation cornéenne et synéchies antérieures, antécédents d’échec ou de rejet d’une greffe préalable, large diamètre du greffon, greffe excentrée, chirurgies du segment antérieur, et situation susceptible d’être génératrice d’inflammation prolongée, antécédents de kératite herpétique, pathologies de la surface oculaire / terrain dysimmunitaire et atopie, jeune âge (&lt; 12 ans). »</t>
+  </si>
+  <si>
+    <t>10/02/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>14/02/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316860/fr/decision-n-2022-0058/dc/sem-du-10-fevrier-2022-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-ciclograft</t>
+  </si>
+  <si>
+    <t>p_3316860</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0300/DC/SEM du 25 novembre 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RINVOQ</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament RINVOQ (upadacitinib) dans l'indication «traitement de la dermatite atopique (DA) modérée à sévère de l’adulte et de l’adolescent âgé de 12 ans et plus qui nécessite un traitement systémique, en cas d’échec, d’intolérance ou de contre-indication aux traitements commercialement disponibles ».</t>
+  </si>
+  <si>
+    <t>25/11/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>26/11/2021 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302088/fr/decision-n-2021-0300/dc/sem-du-25-novembre-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-rinvoq</t>
+  </si>
+  <si>
+    <t>p_3302088</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0283/DC/SEM du 10 novembre 2021 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité ADTRALZA (tralokinumab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne la spécialité ADTRALZA (tralokinumab) dans l'indication « Traitement de la dermatite atopique (DA) modérée à sévère de l’adulte qui nécessite un traitement systémique, en cas de contre-indication, d’intolérance ou d’échec aux traitements », ayant obtenu une autorisation de mise sur le marché attestant de son efficacité et de sa sécurité.</t>
+  </si>
+  <si>
+    <t>10/11/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>15/11/2021 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298344/fr/decision-n-2021-0283/dc/sem-du-10-novembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>p_3298344</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0094/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité DUPIXENT (dupilumab), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation est « DUPIXENT, dans le traitement de la dermatite atopique modérée à sévère de l’adulte qui nécessite un traitement systémique, en absence de contre-indication, d’intolérance ou d’échec avec les traitements systémiques disponibles. ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808748/fr/avis-n2017-0094/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>c_2808748</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0027/AC/SEM du 4 mars 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité IKERVIS (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché de la spécialité IKERVIS, mentionnée en annexe du présent avis, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte. Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Le présent avis sera publié au Bulletin officiel de la HAS.</t>
+  </si>
+  <si>
+    <t>04/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 14:43:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026243/fr/avis-n-2015-0027/ac/sem-du-4-mars-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-ikervis-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2026243</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CEQUA (ciclosporine)</t>
+  </si>
+  <si>
+    <t>30/06/2025 08:48:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633538/fr/cequa-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3633538</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>SUN PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633263/fr/cequa-ciclosporine-keratoconjonctivite-seche-moderee-a-severe</t>
+  </si>
+  <si>
+    <t>CICLOGRAFT (ciclosporine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316870/fr/ciclograft-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3316870</t>
+  </si>
+  <si>
+    <t>Laboratoires KÔL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316752/fr/ciclograft-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390379/fr/ciclograft-ciclosporine-greffe-de-cornee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482079/fr/ciclograft-ciclosporine-greffe-de-cornee</t>
   </si>
   <si>
     <t>IKERVIS (ciclosporine)</t>
   </si>
   <si>
-    <t>10/04/2022 12:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983027/en/ikervis-ciclosporine</t>
+    <t>04/10/2022 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983027/fr/ikervis-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983027</t>
   </si>
   <si>
-    <t>ciclosporine</t>
-[...1 lines deleted...]
-  <si>
     <t>SANTEN SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2563018/en/ikervis-ciclosporin-ophthalmic-medicinal-product</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372790/en/ikervis-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_2563018/fr/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806289/fr/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884358/fr/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372790/fr/ikervis-ciclosporine</t>
   </si>
   <si>
     <t>VERKAZIA (ciclosporine)</t>
   </si>
   <si>
-    <t>02/21/2020 17:39:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3153016/en/verkazia-ciclosporine</t>
+    <t>21/02/2020 17:39:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153016/fr/verkazia-ciclosporine</t>
   </si>
   <si>
     <t>p_3153016</t>
   </si>
   <si>
     <t>SANTEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3152643/en/verkazia-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/p_3152643/fr/verkazia-ciclosporine</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/fr/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/fr/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/fr/neoral-sandimmun-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>Immunosupresseurs dans le traitement des myopathies inflammatoires (cyclophosphamide/ mycophénolate mofétil/ léflunomide/ ciclosporine/ methotrexate/ rituximab)</t>
+  </si>
+  <si>
+    <t>07/05/2010 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985282/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2985282</t>
+  </si>
+  <si>
+    <t>cyclophosphamide,mycophénolate mofétil,léflunomide,ciclosporine,methotrexate,rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
         <v>11</v>
       </c>
-      <c r="G2" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>85</v>
       </c>
       <c r="E2" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
-[...51 lines deleted...]
-        <v>34</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="D3" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>108</v>
       </c>
       <c r="D4" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="C5" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="H5" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>124</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="H7" t="s">
-        <v>70</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>95</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B9" t="s">
+        <v>132</v>
+      </c>
+      <c r="C9" t="s">
+        <v>133</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>134</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>135</v>
+      </c>
+      <c r="H9" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>137</v>
+      </c>
+      <c r="C10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>139</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>140</v>
+      </c>
+      <c r="H10" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>142</v>
+      </c>
+      <c r="C11" t="s">
+        <v>143</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>144</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>145</v>
+      </c>
+      <c r="H11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" t="s">
+        <v>148</v>
+      </c>
+      <c r="D12" t="s">
+        <v>149</v>
+      </c>
+      <c r="E12" t="s">
+        <v>150</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>151</v>
+      </c>
+      <c r="H12" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C13" t="s">
+        <v>154</v>
+      </c>
+      <c r="D13" t="s">
+        <v>155</v>
+      </c>
+      <c r="E13" t="s">
+        <v>156</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>157</v>
+      </c>
+      <c r="H13" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" t="s">
+        <v>160</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>161</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>162</v>
+      </c>
+      <c r="H14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>166</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>167</v>
+      </c>
+      <c r="H15" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>169</v>
+      </c>
+      <c r="C16" t="s">
+        <v>170</v>
+      </c>
+      <c r="D16" t="s">
+        <v>171</v>
+      </c>
+      <c r="E16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>173</v>
+      </c>
+      <c r="H16" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
+        <v>175</v>
+      </c>
+      <c r="C17" t="s">
+        <v>176</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>177</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>178</v>
+      </c>
+      <c r="H17" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>182</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>183</v>
+      </c>
+      <c r="H18" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B19" t="s">
+        <v>185</v>
+      </c>
+      <c r="C19" t="s">
+        <v>186</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>187</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>188</v>
+      </c>
+      <c r="H19" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B20" t="s">
+        <v>190</v>
+      </c>
+      <c r="C20" t="s">
+        <v>191</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>192</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>193</v>
+      </c>
+      <c r="H20" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>195</v>
+      </c>
+      <c r="C21" t="s">
+        <v>196</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>192</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>197</v>
+      </c>
+      <c r="H21" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>199</v>
+      </c>
+      <c r="C22" t="s">
+        <v>200</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>201</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>202</v>
+      </c>
+      <c r="H22" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>204</v>
+      </c>
+      <c r="C23" t="s">
+        <v>205</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>206</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>207</v>
+      </c>
+      <c r="H23" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" t="s">
+        <v>209</v>
+      </c>
+      <c r="C24" t="s">
+        <v>210</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>206</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>211</v>
+      </c>
+      <c r="H24" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
+        <v>213</v>
+      </c>
+      <c r="C25" t="s">
+        <v>214</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>215</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>216</v>
+      </c>
+      <c r="H25" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>95</v>
+      </c>
+      <c r="B26" t="s">
+        <v>218</v>
+      </c>
+      <c r="C26" t="s">
+        <v>219</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>220</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>221</v>
+      </c>
+      <c r="H26" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>95</v>
+      </c>
+      <c r="B27" t="s">
+        <v>223</v>
+      </c>
+      <c r="C27" t="s">
+        <v>224</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>225</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>226</v>
+      </c>
+      <c r="H27" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" t="s">
+        <v>228</v>
+      </c>
+      <c r="C28" t="s">
+        <v>229</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>230</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>231</v>
+      </c>
+      <c r="H28" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>95</v>
+      </c>
+      <c r="B29" t="s">
+        <v>233</v>
+      </c>
+      <c r="C29" t="s">
+        <v>234</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>235</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>236</v>
+      </c>
+      <c r="H29" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" t="s">
+        <v>238</v>
+      </c>
+      <c r="C30" t="s">
+        <v>239</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>240</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>241</v>
+      </c>
+      <c r="H30" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" t="s">
+        <v>243</v>
+      </c>
+      <c r="C31" t="s">
+        <v>244</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>245</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>246</v>
+      </c>
+      <c r="H31" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" t="s">
+        <v>248</v>
+      </c>
+      <c r="C32" t="s">
+        <v>249</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>245</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>250</v>
+      </c>
+      <c r="H32" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" t="s">
+        <v>252</v>
+      </c>
+      <c r="C33" t="s">
+        <v>253</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>245</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>254</v>
+      </c>
+      <c r="H33" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" t="s">
+        <v>256</v>
+      </c>
+      <c r="C34" t="s">
+        <v>257</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>258</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>259</v>
+      </c>
+      <c r="H34" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" t="s">
+        <v>261</v>
+      </c>
+      <c r="C35" t="s">
+        <v>262</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>258</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>263</v>
+      </c>
+      <c r="H35" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" t="s">
+        <v>265</v>
+      </c>
+      <c r="C36" t="s">
+        <v>266</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>267</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>268</v>
+      </c>
+      <c r="H36" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" t="s">
+        <v>270</v>
+      </c>
+      <c r="C37" t="s">
+        <v>271</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>272</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>273</v>
+      </c>
+      <c r="H37" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" t="s">
+        <v>275</v>
+      </c>
+      <c r="C38" t="s">
+        <v>276</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>272</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>277</v>
+      </c>
+      <c r="H38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>95</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>281</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>282</v>
+      </c>
+      <c r="H39" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>95</v>
+      </c>
+      <c r="B40" t="s">
+        <v>284</v>
+      </c>
+      <c r="C40" t="s">
+        <v>285</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>286</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>287</v>
+      </c>
+      <c r="H40" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>95</v>
+      </c>
+      <c r="B41" t="s">
+        <v>289</v>
+      </c>
+      <c r="C41" t="s">
+        <v>290</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>291</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>292</v>
+      </c>
+      <c r="H41" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" t="s">
+        <v>294</v>
+      </c>
+      <c r="C42" t="s">
+        <v>295</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>296</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>297</v>
+      </c>
+      <c r="H42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>95</v>
+      </c>
+      <c r="B43" t="s">
+        <v>299</v>
+      </c>
+      <c r="C43" t="s">
+        <v>300</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>301</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>302</v>
+      </c>
+      <c r="H43" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>95</v>
+      </c>
+      <c r="B44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" t="s">
+        <v>305</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>306</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>307</v>
+      </c>
+      <c r="H44" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" t="s">
+        <v>309</v>
+      </c>
+      <c r="C45" t="s">
+        <v>310</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>311</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>312</v>
+      </c>
+      <c r="H45" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
+        <v>314</v>
+      </c>
+      <c r="C46" t="s">
+        <v>315</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>316</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>317</v>
+      </c>
+      <c r="H46" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" t="s">
+        <v>319</v>
+      </c>
+      <c r="C47" t="s">
+        <v>320</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>321</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>322</v>
+      </c>
+      <c r="H47" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>95</v>
+      </c>
+      <c r="B48" t="s">
+        <v>175</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>324</v>
+      </c>
+      <c r="E48" t="s">
+        <v>325</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>326</v>
+      </c>
+      <c r="H48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>95</v>
+      </c>
+      <c r="B49" t="s">
+        <v>328</v>
+      </c>
+      <c r="C49" t="s">
+        <v>329</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>330</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>331</v>
+      </c>
+      <c r="H49" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>95</v>
+      </c>
+      <c r="B50" t="s">
+        <v>333</v>
+      </c>
+      <c r="C50" t="s">
+        <v>334</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>335</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>336</v>
+      </c>
+      <c r="H50" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>95</v>
+      </c>
+      <c r="B51" t="s">
+        <v>338</v>
+      </c>
+      <c r="C51" t="s">
+        <v>339</v>
+      </c>
+      <c r="D51" t="s">
+        <v>340</v>
+      </c>
+      <c r="E51" t="s">
+        <v>341</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>342</v>
+      </c>
+      <c r="H51" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>95</v>
+      </c>
+      <c r="B52" t="s">
+        <v>344</v>
+      </c>
+      <c r="C52" t="s">
+        <v>345</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>346</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>347</v>
+      </c>
+      <c r="H52" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>95</v>
+      </c>
+      <c r="B53" t="s">
+        <v>349</v>
+      </c>
+      <c r="C53" t="s">
+        <v>350</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>351</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>352</v>
+      </c>
+      <c r="H53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>95</v>
+      </c>
+      <c r="B54" t="s">
+        <v>354</v>
+      </c>
+      <c r="C54" t="s">
+        <v>355</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>356</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>357</v>
+      </c>
+      <c r="H54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>95</v>
+      </c>
+      <c r="B55" t="s">
+        <v>359</v>
+      </c>
+      <c r="C55" t="s">
+        <v>360</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>361</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>362</v>
+      </c>
+      <c r="H55" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>95</v>
+      </c>
+      <c r="B56" t="s">
+        <v>364</v>
+      </c>
+      <c r="C56" t="s">
+        <v>365</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>366</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>367</v>
+      </c>
+      <c r="H56" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>95</v>
+      </c>
+      <c r="B57" t="s">
+        <v>369</v>
+      </c>
+      <c r="C57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>371</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>372</v>
+      </c>
+      <c r="H57" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>95</v>
+      </c>
+      <c r="B58" t="s">
+        <v>374</v>
+      </c>
+      <c r="C58" t="s">
+        <v>375</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>376</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>377</v>
+      </c>
+      <c r="H58" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>95</v>
+      </c>
+      <c r="B59" t="s">
+        <v>379</v>
+      </c>
+      <c r="C59" t="s">
+        <v>380</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>381</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>382</v>
+      </c>
+      <c r="H59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>95</v>
+      </c>
+      <c r="B60" t="s">
+        <v>384</v>
+      </c>
+      <c r="C60" t="s">
+        <v>385</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>386</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>387</v>
+      </c>
+      <c r="H60" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>95</v>
+      </c>
+      <c r="B61" t="s">
+        <v>389</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>390</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>391</v>
+      </c>
+      <c r="H61" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>95</v>
+      </c>
+      <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>390</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>394</v>
+      </c>
+      <c r="H62" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>95</v>
+      </c>
+      <c r="B63" t="s">
+        <v>396</v>
+      </c>
+      <c r="C63" t="s">
+        <v>397</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>398</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>399</v>
+      </c>
+      <c r="H63" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>95</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>402</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>403</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>404</v>
+      </c>
+      <c r="H64" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>95</v>
+      </c>
+      <c r="B65" t="s">
+        <v>406</v>
+      </c>
+      <c r="C65" t="s">
+        <v>407</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>408</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>409</v>
+      </c>
+      <c r="H65" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>95</v>
+      </c>
+      <c r="B66" t="s">
+        <v>411</v>
+      </c>
+      <c r="C66" t="s">
+        <v>412</v>
+      </c>
+      <c r="D66" t="s">
+        <v>413</v>
+      </c>
+      <c r="E66" t="s">
+        <v>414</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>415</v>
+      </c>
+      <c r="H66" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>95</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>418</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>419</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>420</v>
+      </c>
+      <c r="H67" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>95</v>
+      </c>
+      <c r="B68" t="s">
+        <v>422</v>
+      </c>
+      <c r="C68" t="s">
+        <v>423</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>424</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>425</v>
+      </c>
+      <c r="H68" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>95</v>
+      </c>
+      <c r="B69" t="s">
+        <v>427</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>428</v>
+      </c>
+      <c r="E69" t="s">
+        <v>428</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>429</v>
+      </c>
+      <c r="H69" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>95</v>
+      </c>
+      <c r="B70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>432</v>
+      </c>
+      <c r="E70" t="s">
+        <v>433</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>434</v>
+      </c>
+      <c r="H70" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>95</v>
+      </c>
+      <c r="B71" t="s">
+        <v>436</v>
+      </c>
+      <c r="C71" t="s">
+        <v>437</v>
+      </c>
+      <c r="D71" t="s">
+        <v>438</v>
+      </c>
+      <c r="E71" t="s">
+        <v>439</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>440</v>
+      </c>
+      <c r="H71" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>95</v>
+      </c>
+      <c r="B72" t="s">
+        <v>442</v>
+      </c>
+      <c r="C72" t="s">
+        <v>443</v>
+      </c>
+      <c r="D72" t="s">
+        <v>432</v>
+      </c>
+      <c r="E72" t="s">
+        <v>433</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>444</v>
+      </c>
+      <c r="H72" t="s">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>449</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>450</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>77</v>
+        <v>451</v>
       </c>
       <c r="H2" t="s">
-        <v>78</v>
-[...17 lines deleted...]
-        <v>84</v>
+        <v>452</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>446</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>453</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>454</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>455</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>456</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
-[...8 lines deleted...]
-        <v>90</v>
+        <v>457</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>446</v>
       </c>
       <c r="B4" t="s">
-        <v>91</v>
+        <v>458</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>459</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
       <c r="E4" t="s">
-        <v>92</v>
+        <v>461</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>93</v>
+        <v>462</v>
       </c>
       <c r="H4" t="s">
-        <v>94</v>
+        <v>463</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>446</v>
+      </c>
+      <c r="B5" t="s">
+        <v>464</v>
+      </c>
+      <c r="C5" t="s">
+        <v>465</v>
+      </c>
+      <c r="D5" t="s">
+        <v>466</v>
+      </c>
+      <c r="E5" t="s">
+        <v>467</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>468</v>
+      </c>
+      <c r="H5" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B6" t="s">
+        <v>470</v>
+      </c>
+      <c r="C6" t="s">
+        <v>471</v>
+      </c>
+      <c r="D6" t="s">
+        <v>472</v>
+      </c>
+      <c r="E6" t="s">
+        <v>473</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>474</v>
+      </c>
+      <c r="H6" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>446</v>
+      </c>
+      <c r="B7" t="s">
+        <v>476</v>
+      </c>
+      <c r="C7" t="s">
+        <v>477</v>
+      </c>
+      <c r="D7" t="s">
+        <v>478</v>
+      </c>
+      <c r="E7" t="s">
+        <v>479</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>480</v>
+      </c>
+      <c r="H7" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>446</v>
+      </c>
+      <c r="B8" t="s">
+        <v>482</v>
+      </c>
+      <c r="C8" t="s">
+        <v>483</v>
+      </c>
+      <c r="D8" t="s">
+        <v>484</v>
+      </c>
+      <c r="E8" t="s">
+        <v>485</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>486</v>
+      </c>
+      <c r="H8" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>446</v>
+      </c>
+      <c r="B9" t="s">
+        <v>488</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>489</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>490</v>
+      </c>
+      <c r="H9" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>446</v>
+      </c>
+      <c r="B10" t="s">
+        <v>492</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>489</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>493</v>
+      </c>
+      <c r="H10" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>446</v>
+      </c>
+      <c r="B11" t="s">
+        <v>495</v>
+      </c>
+      <c r="C11" t="s">
+        <v>496</v>
+      </c>
+      <c r="D11" t="s">
+        <v>497</v>
+      </c>
+      <c r="E11" t="s">
+        <v>498</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>499</v>
+      </c>
+      <c r="H11" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>446</v>
+      </c>
+      <c r="B12" t="s">
+        <v>501</v>
+      </c>
+      <c r="C12" t="s">
+        <v>502</v>
+      </c>
+      <c r="D12" t="s">
+        <v>503</v>
+      </c>
+      <c r="E12" t="s">
+        <v>504</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>505</v>
+      </c>
+      <c r="H12" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>446</v>
+      </c>
+      <c r="B13" t="s">
+        <v>507</v>
+      </c>
+      <c r="C13" t="s">
+        <v>508</v>
+      </c>
+      <c r="D13" t="s">
+        <v>509</v>
+      </c>
+      <c r="E13" t="s">
+        <v>510</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>511</v>
+      </c>
+      <c r="H13" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>446</v>
+      </c>
+      <c r="B14" t="s">
+        <v>513</v>
+      </c>
+      <c r="C14" t="s">
+        <v>514</v>
+      </c>
+      <c r="D14" t="s">
+        <v>515</v>
+      </c>
+      <c r="E14" t="s">
+        <v>516</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>517</v>
+      </c>
+      <c r="H14" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>446</v>
+      </c>
+      <c r="B15" t="s">
+        <v>519</v>
+      </c>
+      <c r="C15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D15" t="s">
+        <v>521</v>
+      </c>
+      <c r="E15" t="s">
+        <v>522</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>523</v>
+      </c>
+      <c r="H15" t="s">
+        <v>524</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>525</v>
+      </c>
+      <c r="B2" t="s">
+        <v>526</v>
+      </c>
+      <c r="C2" t="s">
+        <v>527</v>
+      </c>
+      <c r="D2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E2" t="s">
+        <v>529</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>530</v>
+      </c>
+      <c r="H2" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D3" t="s">
+        <v>534</v>
+      </c>
+      <c r="E3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>536</v>
+      </c>
+      <c r="H3" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>525</v>
+      </c>
+      <c r="B4" t="s">
+        <v>538</v>
+      </c>
+      <c r="C4" t="s">
+        <v>539</v>
+      </c>
+      <c r="D4" t="s">
+        <v>540</v>
+      </c>
+      <c r="E4" t="s">
+        <v>541</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>542</v>
+      </c>
+      <c r="H4" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>525</v>
+      </c>
+      <c r="B5" t="s">
+        <v>544</v>
+      </c>
+      <c r="C5" t="s">
+        <v>545</v>
+      </c>
+      <c r="D5" t="s">
+        <v>546</v>
+      </c>
+      <c r="E5" t="s">
+        <v>547</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>548</v>
+      </c>
+      <c r="H5" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>525</v>
+      </c>
+      <c r="B6" t="s">
+        <v>550</v>
+      </c>
+      <c r="C6" t="s">
+        <v>551</v>
+      </c>
+      <c r="D6" t="s">
+        <v>552</v>
+      </c>
+      <c r="E6" t="s">
+        <v>547</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>553</v>
+      </c>
+      <c r="H6" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>525</v>
+      </c>
+      <c r="B7" t="s">
+        <v>555</v>
+      </c>
+      <c r="C7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D7" t="s">
+        <v>557</v>
+      </c>
+      <c r="E7" t="s">
+        <v>558</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>559</v>
+      </c>
+      <c r="H7" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>525</v>
+      </c>
+      <c r="B8" t="s">
+        <v>561</v>
+      </c>
+      <c r="C8" t="s">
+        <v>562</v>
+      </c>
+      <c r="D8" t="s">
+        <v>563</v>
+      </c>
+      <c r="E8" t="s">
+        <v>564</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>565</v>
+      </c>
+      <c r="H8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>525</v>
+      </c>
+      <c r="B9" t="s">
+        <v>567</v>
+      </c>
+      <c r="C9" t="s">
+        <v>568</v>
+      </c>
+      <c r="D9" t="s">
+        <v>569</v>
+      </c>
+      <c r="E9" t="s">
+        <v>570</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>571</v>
+      </c>
+      <c r="H9" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>525</v>
+      </c>
+      <c r="B10" t="s">
+        <v>573</v>
+      </c>
+      <c r="C10" t="s">
+        <v>574</v>
+      </c>
+      <c r="D10" t="s">
+        <v>575</v>
+      </c>
+      <c r="E10" t="s">
+        <v>576</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>577</v>
+      </c>
+      <c r="H10" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>525</v>
+      </c>
+      <c r="B11" t="s">
+        <v>579</v>
+      </c>
+      <c r="C11" t="s">
+        <v>580</v>
+      </c>
+      <c r="D11" t="s">
+        <v>581</v>
+      </c>
+      <c r="E11" t="s">
+        <v>582</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>583</v>
+      </c>
+      <c r="H11" t="s">
+        <v>584</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I54"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>586</v>
+      </c>
+      <c r="B2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>589</v>
+      </c>
+      <c r="H2" t="s">
+        <v>590</v>
+      </c>
+      <c r="I2" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>586</v>
+      </c>
+      <c r="B3" t="s">
+        <v>592</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>593</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H3" t="s">
+        <v>595</v>
+      </c>
+      <c r="I3" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B4" t="s">
+        <v>596</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>597</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>598</v>
+      </c>
+      <c r="H4" t="s">
+        <v>599</v>
       </c>
       <c r="I4" t="s">
-        <v>79</v>
+        <v>591</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>586</v>
+      </c>
+      <c r="B5" t="s">
+        <v>600</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>601</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>602</v>
+      </c>
+      <c r="H5" t="s">
+        <v>603</v>
+      </c>
+      <c r="I5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>586</v>
+      </c>
+      <c r="B6" t="s">
+        <v>604</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>605</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>606</v>
+      </c>
+      <c r="H6" t="s">
+        <v>607</v>
+      </c>
+      <c r="I6" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>586</v>
+      </c>
+      <c r="B7" t="s">
+        <v>608</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>609</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>610</v>
+      </c>
+      <c r="H7" t="s">
+        <v>611</v>
+      </c>
+      <c r="I7" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>586</v>
+      </c>
+      <c r="B8" t="s">
+        <v>612</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>613</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>614</v>
+      </c>
+      <c r="H8" t="s">
+        <v>615</v>
+      </c>
+      <c r="I8" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>586</v>
+      </c>
+      <c r="B9" t="s">
+        <v>616</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>617</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>618</v>
+      </c>
+      <c r="H9" t="s">
+        <v>619</v>
+      </c>
+      <c r="I9" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>586</v>
+      </c>
+      <c r="B10" t="s">
+        <v>620</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>621</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>622</v>
+      </c>
+      <c r="H10" t="s">
+        <v>623</v>
+      </c>
+      <c r="I10" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>586</v>
+      </c>
+      <c r="B11" t="s">
+        <v>624</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>625</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>626</v>
+      </c>
+      <c r="H11" t="s">
+        <v>627</v>
+      </c>
+      <c r="I11" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>586</v>
+      </c>
+      <c r="B12" t="s">
+        <v>628</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>629</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>630</v>
+      </c>
+      <c r="H12" t="s">
+        <v>631</v>
+      </c>
+      <c r="I12" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>586</v>
+      </c>
+      <c r="B13" t="s">
+        <v>632</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>633</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>634</v>
+      </c>
+      <c r="H13" t="s">
+        <v>635</v>
+      </c>
+      <c r="I13" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>586</v>
+      </c>
+      <c r="B14" t="s">
+        <v>636</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>637</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>638</v>
+      </c>
+      <c r="H14" t="s">
+        <v>639</v>
+      </c>
+      <c r="I14" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>586</v>
+      </c>
+      <c r="B15" t="s">
+        <v>640</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>641</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>642</v>
+      </c>
+      <c r="H15" t="s">
+        <v>643</v>
+      </c>
+      <c r="I15" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>586</v>
+      </c>
+      <c r="B16" t="s">
+        <v>644</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>645</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>646</v>
+      </c>
+      <c r="H16" t="s">
+        <v>647</v>
+      </c>
+      <c r="I16" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>586</v>
+      </c>
+      <c r="B17" t="s">
+        <v>648</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>649</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>650</v>
+      </c>
+      <c r="H17" t="s">
+        <v>651</v>
+      </c>
+      <c r="I17" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>586</v>
+      </c>
+      <c r="B18" t="s">
+        <v>652</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>653</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>654</v>
+      </c>
+      <c r="H18" t="s">
+        <v>655</v>
+      </c>
+      <c r="I18" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>586</v>
+      </c>
+      <c r="B19" t="s">
+        <v>656</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>657</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>658</v>
+      </c>
+      <c r="H19" t="s">
+        <v>659</v>
+      </c>
+      <c r="I19" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>586</v>
+      </c>
+      <c r="B20" t="s">
+        <v>660</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>661</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>662</v>
+      </c>
+      <c r="H20" t="s">
+        <v>663</v>
+      </c>
+      <c r="I20" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>586</v>
+      </c>
+      <c r="B21" t="s">
+        <v>664</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>665</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>666</v>
+      </c>
+      <c r="H21" t="s">
+        <v>667</v>
+      </c>
+      <c r="I21" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>586</v>
+      </c>
+      <c r="B22" t="s">
+        <v>668</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>669</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>670</v>
+      </c>
+      <c r="H22" t="s">
+        <v>671</v>
+      </c>
+      <c r="I22" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>586</v>
+      </c>
+      <c r="B23" t="s">
+        <v>672</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>673</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>674</v>
+      </c>
+      <c r="H23" t="s">
+        <v>675</v>
+      </c>
+      <c r="I23" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>586</v>
+      </c>
+      <c r="B24" t="s">
+        <v>676</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>677</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>678</v>
+      </c>
+      <c r="H24" t="s">
+        <v>679</v>
+      </c>
+      <c r="I24" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>586</v>
+      </c>
+      <c r="B25" t="s">
+        <v>680</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>681</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>682</v>
+      </c>
+      <c r="H25" t="s">
+        <v>683</v>
+      </c>
+      <c r="I25" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>586</v>
+      </c>
+      <c r="B26" t="s">
+        <v>684</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>685</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>686</v>
+      </c>
+      <c r="H26" t="s">
+        <v>687</v>
+      </c>
+      <c r="I26" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>586</v>
+      </c>
+      <c r="B27" t="s">
+        <v>688</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>689</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>690</v>
+      </c>
+      <c r="H27" t="s">
+        <v>691</v>
+      </c>
+      <c r="I27" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>586</v>
+      </c>
+      <c r="B28" t="s">
+        <v>692</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>693</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>694</v>
+      </c>
+      <c r="H28" t="s">
+        <v>695</v>
+      </c>
+      <c r="I28" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>586</v>
+      </c>
+      <c r="B29" t="s">
+        <v>696</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>697</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>698</v>
+      </c>
+      <c r="H29" t="s">
+        <v>699</v>
+      </c>
+      <c r="I29" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>586</v>
+      </c>
+      <c r="B30" t="s">
+        <v>700</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>701</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>702</v>
+      </c>
+      <c r="H30" t="s">
+        <v>703</v>
+      </c>
+      <c r="I30" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>586</v>
+      </c>
+      <c r="B31" t="s">
+        <v>704</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>705</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>706</v>
+      </c>
+      <c r="H31" t="s">
+        <v>707</v>
+      </c>
+      <c r="I31" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>586</v>
+      </c>
+      <c r="B32" t="s">
+        <v>708</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>709</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>710</v>
+      </c>
+      <c r="H32" t="s">
+        <v>711</v>
+      </c>
+      <c r="I32" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>586</v>
+      </c>
+      <c r="B33" t="s">
+        <v>712</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>713</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>714</v>
+      </c>
+      <c r="H33" t="s">
+        <v>715</v>
+      </c>
+      <c r="I33" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>586</v>
+      </c>
+      <c r="B34" t="s">
+        <v>716</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>717</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>718</v>
+      </c>
+      <c r="H34" t="s">
+        <v>719</v>
+      </c>
+      <c r="I34" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>586</v>
+      </c>
+      <c r="B35" t="s">
+        <v>720</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>721</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>722</v>
+      </c>
+      <c r="H35" t="s">
+        <v>723</v>
+      </c>
+      <c r="I35" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>586</v>
+      </c>
+      <c r="B36" t="s">
+        <v>724</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>725</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>726</v>
+      </c>
+      <c r="H36" t="s">
+        <v>727</v>
+      </c>
+      <c r="I36" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>586</v>
+      </c>
+      <c r="B37" t="s">
+        <v>728</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>729</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>730</v>
+      </c>
+      <c r="H37" t="s">
+        <v>731</v>
+      </c>
+      <c r="I37" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>586</v>
+      </c>
+      <c r="B38" t="s">
+        <v>732</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>733</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>734</v>
+      </c>
+      <c r="H38" t="s">
+        <v>735</v>
+      </c>
+      <c r="I38" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>586</v>
+      </c>
+      <c r="B39" t="s">
+        <v>736</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>737</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>738</v>
+      </c>
+      <c r="H39" t="s">
+        <v>739</v>
+      </c>
+      <c r="I39" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>586</v>
+      </c>
+      <c r="B40" t="s">
+        <v>740</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>741</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>742</v>
+      </c>
+      <c r="H40" t="s">
+        <v>743</v>
+      </c>
+      <c r="I40" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>586</v>
+      </c>
+      <c r="B41" t="s">
+        <v>744</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>745</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>746</v>
+      </c>
+      <c r="H41" t="s">
+        <v>747</v>
+      </c>
+      <c r="I41" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>586</v>
+      </c>
+      <c r="B42" t="s">
+        <v>748</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>749</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>750</v>
+      </c>
+      <c r="H42" t="s">
+        <v>751</v>
+      </c>
+      <c r="I42" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>586</v>
+      </c>
+      <c r="B43" t="s">
+        <v>752</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>753</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>754</v>
+      </c>
+      <c r="H43" t="s">
+        <v>755</v>
+      </c>
+      <c r="I43" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>586</v>
+      </c>
+      <c r="B44" t="s">
+        <v>756</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>757</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>758</v>
+      </c>
+      <c r="H44" t="s">
+        <v>759</v>
+      </c>
+      <c r="I44" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>586</v>
+      </c>
+      <c r="B45" t="s">
+        <v>760</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>761</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>762</v>
+      </c>
+      <c r="H45" t="s">
+        <v>763</v>
+      </c>
+      <c r="I45" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>586</v>
+      </c>
+      <c r="B46" t="s">
+        <v>764</v>
+      </c>
+      <c r="C46" t="s">
+        <v>765</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>766</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>767</v>
+      </c>
+      <c r="H46" t="s">
+        <v>768</v>
+      </c>
+      <c r="I46" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>586</v>
+      </c>
+      <c r="B47" t="s">
+        <v>769</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>770</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>771</v>
+      </c>
+      <c r="H47" t="s">
+        <v>772</v>
+      </c>
+      <c r="I47" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>586</v>
+      </c>
+      <c r="B48" t="s">
+        <v>773</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>774</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>775</v>
+      </c>
+      <c r="H48" t="s">
+        <v>776</v>
+      </c>
+      <c r="I48" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>586</v>
+      </c>
+      <c r="B49" t="s">
+        <v>777</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>778</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>779</v>
+      </c>
+      <c r="H49" t="s">
+        <v>780</v>
+      </c>
+      <c r="I49" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>586</v>
+      </c>
+      <c r="B50" t="s">
+        <v>781</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>782</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>783</v>
+      </c>
+      <c r="H50" t="s">
+        <v>784</v>
+      </c>
+      <c r="I50" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>586</v>
+      </c>
+      <c r="B51" t="s">
+        <v>785</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>786</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>787</v>
+      </c>
+      <c r="H51" t="s">
+        <v>788</v>
+      </c>
+      <c r="I51" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>586</v>
+      </c>
+      <c r="B52" t="s">
+        <v>789</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>790</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>791</v>
+      </c>
+      <c r="H52" t="s">
+        <v>792</v>
+      </c>
+      <c r="I52" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>586</v>
+      </c>
+      <c r="B53" t="s">
+        <v>793</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>794</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>795</v>
+      </c>
+      <c r="H53" t="s">
+        <v>796</v>
+      </c>
+      <c r="I53" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>586</v>
+      </c>
+      <c r="B54" t="s">
+        <v>797</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>798</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>799</v>
+      </c>
+      <c r="H54" t="s">
+        <v>800</v>
+      </c>
+      <c r="I54" t="s">
+        <v>591</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>801</v>
+      </c>
+      <c r="B2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C2" t="s">
+        <v>803</v>
+      </c>
+      <c r="D2" t="s">
+        <v>804</v>
+      </c>
+      <c r="E2" t="s">
+        <v>805</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>806</v>
+      </c>
+      <c r="H2" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>801</v>
+      </c>
+      <c r="B3" t="s">
+        <v>808</v>
+      </c>
+      <c r="C3" t="s">
+        <v>809</v>
+      </c>
+      <c r="D3" t="s">
+        <v>810</v>
+      </c>
+      <c r="E3" t="s">
+        <v>811</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>812</v>
+      </c>
+      <c r="H3" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>801</v>
+      </c>
+      <c r="B4" t="s">
+        <v>814</v>
+      </c>
+      <c r="C4" t="s">
+        <v>815</v>
+      </c>
+      <c r="D4" t="s">
+        <v>816</v>
+      </c>
+      <c r="E4" t="s">
+        <v>817</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>818</v>
+      </c>
+      <c r="H4" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>801</v>
+      </c>
+      <c r="B5" t="s">
+        <v>820</v>
+      </c>
+      <c r="C5" t="s">
+        <v>821</v>
+      </c>
+      <c r="D5" t="s">
+        <v>822</v>
+      </c>
+      <c r="E5" t="s">
+        <v>823</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>824</v>
+      </c>
+      <c r="H5" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>801</v>
+      </c>
+      <c r="B6" t="s">
+        <v>826</v>
+      </c>
+      <c r="C6" t="s">
+        <v>827</v>
+      </c>
+      <c r="D6" t="s">
+        <v>828</v>
+      </c>
+      <c r="E6" t="s">
+        <v>829</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>830</v>
+      </c>
+      <c r="H6" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>801</v>
+      </c>
+      <c r="B7" t="s">
+        <v>832</v>
+      </c>
+      <c r="C7" t="s">
+        <v>833</v>
+      </c>
+      <c r="D7" t="s">
+        <v>834</v>
+      </c>
+      <c r="E7" t="s">
+        <v>835</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>836</v>
+      </c>
+      <c r="H7" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>801</v>
+      </c>
+      <c r="B8" t="s">
+        <v>838</v>
+      </c>
+      <c r="C8" t="s">
+        <v>839</v>
+      </c>
+      <c r="D8" t="s">
+        <v>840</v>
+      </c>
+      <c r="E8" t="s">
+        <v>841</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>842</v>
+      </c>
+      <c r="H8" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>801</v>
+      </c>
+      <c r="B9" t="s">
+        <v>844</v>
+      </c>
+      <c r="C9" t="s">
+        <v>845</v>
+      </c>
+      <c r="D9" t="s">
+        <v>846</v>
+      </c>
+      <c r="E9" t="s">
+        <v>847</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>848</v>
+      </c>
+      <c r="H9" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>801</v>
+      </c>
+      <c r="B10" t="s">
+        <v>850</v>
+      </c>
+      <c r="C10" t="s">
+        <v>851</v>
+      </c>
+      <c r="D10" t="s">
+        <v>852</v>
+      </c>
+      <c r="E10" t="s">
+        <v>853</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>854</v>
+      </c>
+      <c r="H10" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>801</v>
+      </c>
+      <c r="B11" t="s">
+        <v>856</v>
+      </c>
+      <c r="C11" t="s">
+        <v>857</v>
+      </c>
+      <c r="D11" t="s">
+        <v>858</v>
+      </c>
+      <c r="E11" t="s">
+        <v>859</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>860</v>
+      </c>
+      <c r="H11" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>801</v>
+      </c>
+      <c r="B12" t="s">
+        <v>862</v>
+      </c>
+      <c r="C12" t="s">
+        <v>863</v>
+      </c>
+      <c r="D12" t="s">
+        <v>864</v>
+      </c>
+      <c r="E12" t="s">
+        <v>865</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>866</v>
+      </c>
+      <c r="H12" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>801</v>
+      </c>
+      <c r="B13" t="s">
+        <v>868</v>
+      </c>
+      <c r="C13" t="s">
+        <v>869</v>
+      </c>
+      <c r="D13" t="s">
+        <v>870</v>
+      </c>
+      <c r="E13" t="s">
+        <v>871</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>872</v>
+      </c>
+      <c r="H13" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>801</v>
+      </c>
+      <c r="B14" t="s">
+        <v>874</v>
+      </c>
+      <c r="C14" t="s">
+        <v>875</v>
+      </c>
+      <c r="D14" t="s">
+        <v>876</v>
+      </c>
+      <c r="E14" t="s">
+        <v>877</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>878</v>
+      </c>
+      <c r="H14" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>801</v>
+      </c>
+      <c r="B15" t="s">
+        <v>880</v>
+      </c>
+      <c r="C15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D15" t="s">
+        <v>882</v>
+      </c>
+      <c r="E15" t="s">
+        <v>883</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>884</v>
+      </c>
+      <c r="H15" t="s">
+        <v>885</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>886</v>
+      </c>
+      <c r="B2" t="s">
+        <v>887</v>
+      </c>
+      <c r="C2" t="s">
+        <v>888</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>889</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>890</v>
+      </c>
+      <c r="H2" t="s">
+        <v>891</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>892</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>894</v>
+      </c>
+      <c r="B2" t="s">
+        <v>895</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>896</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>897</v>
+      </c>
+      <c r="H2" t="s">
+        <v>898</v>
+      </c>
+      <c r="I2" t="s">
+        <v>899</v>
+      </c>
+      <c r="J2" t="s">
+        <v>900</v>
+      </c>
+      <c r="K2" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>894</v>
+      </c>
+      <c r="B3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>903</v>
+      </c>
+      <c r="H3" t="s">
+        <v>904</v>
+      </c>
+      <c r="I3" t="s">
+        <v>899</v>
+      </c>
+      <c r="J3" t="s">
+        <v>905</v>
+      </c>
+      <c r="K3" t="s">
+        <v>906</v>
+      </c>
+      <c r="L3" t="s">
+        <v>907</v>
+      </c>
+      <c r="M3" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>894</v>
+      </c>
+      <c r="B4" t="s">
+        <v>909</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>910</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>911</v>
+      </c>
+      <c r="H4" t="s">
+        <v>912</v>
+      </c>
+      <c r="I4" t="s">
+        <v>899</v>
       </c>
       <c r="J4" t="s">
-        <v>95</v>
+        <v>913</v>
       </c>
       <c r="K4" t="s">
-        <v>96</v>
+        <v>914</v>
       </c>
       <c r="L4" t="s">
-        <v>97</v>
+        <v>915</v>
       </c>
       <c r="M4" t="s">
-        <v>98</v>
+        <v>916</v>
       </c>
       <c r="N4" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>917</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>894</v>
+      </c>
+      <c r="B5" t="s">
+        <v>918</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>920</v>
+      </c>
+      <c r="H5" t="s">
+        <v>921</v>
+      </c>
+      <c r="I5" t="s">
+        <v>899</v>
+      </c>
+      <c r="J5" t="s">
+        <v>922</v>
+      </c>
+      <c r="K5" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>894</v>
+      </c>
+      <c r="B6" t="s">
+        <v>924</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>925</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>926</v>
+      </c>
+      <c r="H6" t="s">
+        <v>927</v>
+      </c>
+      <c r="I6" t="s">
+        <v>899</v>
+      </c>
+      <c r="J6" t="s">
+        <v>928</v>
+      </c>
+      <c r="K6" t="s">
+        <v>929</v>
+      </c>
+      <c r="L6" t="s">
+        <v>930</v>
+      </c>
+      <c r="M6" t="s">
+        <v>931</v>
+      </c>
+      <c r="N6" t="s">
+        <v>932</v>
+      </c>
+      <c r="O6" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>894</v>
+      </c>
+      <c r="B7" t="s">
+        <v>934</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>935</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>936</v>
+      </c>
+      <c r="H7" t="s">
+        <v>937</v>
+      </c>
+      <c r="I7" t="s">
+        <v>938</v>
+      </c>
+      <c r="J7" t="s">
+        <v>12</v>
+      </c>
+      <c r="K7" t="s">
+        <v>939</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>