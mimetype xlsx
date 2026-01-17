--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1656" uniqueCount="940">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1683" uniqueCount="956">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -323,50 +323,95 @@
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
   </si>
   <si>
     <t>28/06/2012 00:00:00</t>
   </si>
   <si>
     <t>06/09/2012 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
   </si>
   <si>
     <t>c_1291640</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
@@ -1172,65 +1217,50 @@
   <si>
     <t>03/05/2017 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
   </si>
   <si>
     <t>c_2760531</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2666858</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
   </si>
   <si>
     <t>06/06/2016 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
   </si>
   <si>
     <t>c_2636268</t>
@@ -2720,63 +2750,81 @@
   <si>
     <t>Traitement de la Covid-19</t>
   </si>
   <si>
     <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
   </si>
   <si>
     <t>23/06/2023 10:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3447571</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>VEVIZYE (ciclosporine)</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806686/fr/vevizye-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3806686</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806397/fr/vevizye-ciclosporine-keratoconjonctivite-seche</t>
+  </si>
+  <si>
     <t>CEQUA (ciclosporine)</t>
   </si>
   <si>
     <t>30/06/2025 08:48:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633538/fr/cequa-ciclosporine</t>
   </si>
   <si>
     <t>p_3633538</t>
-  </si>
-[...1 lines deleted...]
-    <t>ciclosporine</t>
   </si>
   <si>
     <t>SUN PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633263/fr/cequa-ciclosporine-keratoconjonctivite-seche-moderee-a-severe</t>
   </si>
   <si>
     <t>CICLOGRAFT (ciclosporine)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3316870/fr/ciclograft-ciclosporine</t>
   </si>
   <si>
     <t>p_3316870</t>
   </si>
   <si>
     <t>Laboratoires KÔL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3316752/fr/ciclograft-ciclosporine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390379/fr/ciclograft-ciclosporine-greffe-de-cornee</t>
   </si>
@@ -3457,172 +3505,172 @@
       </c>
       <c r="D3" t="s">
         <v>91</v>
       </c>
       <c r="E3" t="s">
         <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>93</v>
       </c>
       <c r="H3" t="s">
         <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H72"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>95</v>
       </c>
       <c r="B2" t="s">
         <v>96</v>
       </c>
       <c r="C2" t="s">
         <v>97</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>98</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>99</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>95</v>
       </c>
       <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
         <v>102</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>103</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>104</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>95</v>
       </c>
       <c r="B4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C4" t="s">
         <v>107</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>108</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>109</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>95</v>
       </c>
       <c r="B5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" t="s">
         <v>112</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>114</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>115</v>
       </c>
       <c r="H5" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>95</v>
       </c>
       <c r="B6" t="s">
         <v>117</v>
       </c>
       <c r="C6" t="s">
         <v>118</v>
       </c>
       <c r="D6" t="s">
@@ -3760,233 +3808,233 @@
       </c>
       <c r="E11" t="s">
         <v>144</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>145</v>
       </c>
       <c r="H11" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>147</v>
       </c>
       <c r="C12" t="s">
         <v>148</v>
       </c>
       <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>149</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>150</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>95</v>
       </c>
       <c r="B13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C13" t="s">
         <v>153</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>154</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>155</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>95</v>
       </c>
       <c r="B14" t="s">
+        <v>157</v>
+      </c>
+      <c r="C14" t="s">
+        <v>158</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>159</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>160</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>95</v>
       </c>
       <c r="B15" t="s">
+        <v>162</v>
+      </c>
+      <c r="C15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D15" t="s">
         <v>164</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
         <v>165</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>166</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>95</v>
       </c>
       <c r="B16" t="s">
+        <v>168</v>
+      </c>
+      <c r="C16" t="s">
         <v>169</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>170</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>171</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>172</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>95</v>
       </c>
       <c r="B17" t="s">
+        <v>174</v>
+      </c>
+      <c r="C17" t="s">
         <v>175</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>176</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>177</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>95</v>
       </c>
       <c r="B18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C18" t="s">
         <v>180</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>181</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>182</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>95</v>
       </c>
       <c r="B19" t="s">
+        <v>184</v>
+      </c>
+      <c r="C19" t="s">
         <v>185</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>187</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>188</v>
       </c>
       <c r="H19" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>190</v>
       </c>
       <c r="C20" t="s">
         <v>191</v>
       </c>
       <c r="D20" t="s">
@@ -3997,207 +4045,207 @@
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>193</v>
       </c>
       <c r="H20" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>195</v>
       </c>
       <c r="C21" t="s">
         <v>196</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H21" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H22" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C23" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H23" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C24" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H24" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>95</v>
       </c>
       <c r="B25" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C25" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H25" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>95</v>
       </c>
       <c r="B26" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C26" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H26" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>95</v>
       </c>
       <c r="B27" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C27" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>226</v>
       </c>
       <c r="H27" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>95</v>
       </c>
       <c r="B28" t="s">
         <v>228</v>
       </c>
       <c r="C28" t="s">
         <v>229</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
@@ -4283,285 +4331,285 @@
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
         <v>246</v>
       </c>
       <c r="H31" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>95</v>
       </c>
       <c r="B32" t="s">
         <v>248</v>
       </c>
       <c r="C32" t="s">
         <v>249</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H32" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>95</v>
       </c>
       <c r="B33" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H33" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C34" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H34" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C35" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H35" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C36" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H36" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>95</v>
       </c>
       <c r="B37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H37" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>95</v>
       </c>
       <c r="B38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H38" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>95</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>95</v>
       </c>
       <c r="B40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>95</v>
       </c>
       <c r="B41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>292</v>
       </c>
       <c r="H41" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>95</v>
       </c>
       <c r="B42" t="s">
         <v>294</v>
       </c>
       <c r="C42" t="s">
         <v>295</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
@@ -4690,213 +4738,213 @@
       </c>
       <c r="C47" t="s">
         <v>320</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>321</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>322</v>
       </c>
       <c r="H47" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>95</v>
       </c>
       <c r="B48" t="s">
-        <v>175</v>
+        <v>324</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>325</v>
       </c>
       <c r="D48" t="s">
-        <v>324</v>
+        <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>95</v>
       </c>
       <c r="B49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>95</v>
       </c>
       <c r="B50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>95</v>
       </c>
       <c r="B51" t="s">
-        <v>338</v>
+        <v>190</v>
       </c>
       <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
         <v>339</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>340</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
         <v>341</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>95</v>
       </c>
       <c r="B52" t="s">
+        <v>343</v>
+      </c>
+      <c r="C52" t="s">
         <v>344</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>345</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
         <v>346</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>95</v>
       </c>
       <c r="B53" t="s">
+        <v>348</v>
+      </c>
+      <c r="C53" t="s">
         <v>349</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>350</v>
       </c>
-      <c r="D53" t="s">
-[...2 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>351</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>95</v>
       </c>
       <c r="B54" t="s">
+        <v>353</v>
+      </c>
+      <c r="C54" t="s">
         <v>354</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>356</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
         <v>357</v>
       </c>
       <c r="H54" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>95</v>
       </c>
       <c r="B55" t="s">
         <v>359</v>
       </c>
       <c r="C55" t="s">
         <v>360</v>
       </c>
       <c r="D55" t="s">
@@ -5031,3387 +5079,3474 @@
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>386</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
         <v>387</v>
       </c>
       <c r="H60" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>95</v>
       </c>
       <c r="B61" t="s">
         <v>389</v>
       </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>390</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H61" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H62" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>95</v>
       </c>
       <c r="B63" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C63" t="s">
-        <v>397</v>
+        <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H63" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>95</v>
       </c>
       <c r="B64" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C64" t="s">
-        <v>402</v>
+        <v>12</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
         <v>404</v>
       </c>
       <c r="H64" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>406</v>
       </c>
       <c r="C65" t="s">
         <v>407</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
         <v>408</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
         <v>409</v>
       </c>
       <c r="H65" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>411</v>
       </c>
       <c r="C66" t="s">
         <v>412</v>
       </c>
       <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>413</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
         <v>414</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>95</v>
       </c>
       <c r="B67" t="s">
+        <v>416</v>
+      </c>
+      <c r="C67" t="s">
         <v>417</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
         <v>418</v>
       </c>
-      <c r="D67" t="s">
-[...2 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
         <v>419</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>95</v>
       </c>
       <c r="B68" t="s">
+        <v>421</v>
+      </c>
+      <c r="C68" t="s">
         <v>422</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E68" t="s">
         <v>424</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>425</v>
       </c>
       <c r="H68" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>95</v>
       </c>
       <c r="B69" t="s">
         <v>427</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>428</v>
       </c>
       <c r="D69" t="s">
-        <v>428</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>95</v>
       </c>
       <c r="B70" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C70" t="s">
-        <v>12</v>
+        <v>433</v>
       </c>
       <c r="D70" t="s">
-        <v>432</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>95</v>
       </c>
       <c r="B71" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C71" t="s">
-        <v>437</v>
+        <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>438</v>
       </c>
       <c r="E71" t="s">
+        <v>438</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
         <v>439</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>95</v>
       </c>
       <c r="B72" t="s">
+        <v>441</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
         <v>442</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
         <v>444</v>
       </c>
       <c r="H72" t="s">
         <v>445</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>95</v>
+      </c>
+      <c r="B73" t="s">
+        <v>446</v>
+      </c>
+      <c r="C73" t="s">
+        <v>447</v>
+      </c>
+      <c r="D73" t="s">
+        <v>448</v>
+      </c>
+      <c r="E73" t="s">
+        <v>449</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>450</v>
+      </c>
+      <c r="H73" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>95</v>
+      </c>
+      <c r="B74" t="s">
+        <v>452</v>
+      </c>
+      <c r="C74" t="s">
+        <v>453</v>
+      </c>
+      <c r="D74" t="s">
+        <v>442</v>
+      </c>
+      <c r="E74" t="s">
+        <v>443</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>454</v>
+      </c>
+      <c r="H74" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="C2" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="D2" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="E2" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="H2" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B3" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="C3" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="D3" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="E3" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="H3" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B4" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="C4" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="D4" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="E4" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="H4" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B5" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="C5" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="D5" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="E5" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="H5" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B6" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="C6" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="D6" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="E6" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="H6" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="C7" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="D7" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="E7" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="H7" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="C8" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="D8" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="E8" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="H8" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="H9" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="H10" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B11" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="C11" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="D11" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="E11" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="H11" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B12" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="C12" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="D12" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="E12" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="H12" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B13" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="C13" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="E13" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="H13" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B14" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="C14" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="D14" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="E14" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="H14" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B15" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="C15" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="D15" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="E15" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="H15" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B2" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C2" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="D2" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="H2" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B3" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="C3" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="D3" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="E3" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="H3" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B4" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="C4" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="D4" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="E4" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="H4" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B5" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="C5" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="D5" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="E5" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="H5" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B6" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="C6" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="D6" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="E6" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="H6" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B7" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="C7" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="D7" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="E7" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="H7" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B8" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="C8" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="D8" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="E8" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="H8" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B9" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="C9" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="D9" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="E9" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="H9" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B10" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C10" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="D10" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="E10" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="H10" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="B11" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="C11" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="D11" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="E11" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="H11" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B2" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="H2" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="I2" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B3" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="H3" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="I3" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B4" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="H4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="I4" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B5" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>612</v>
+      </c>
+      <c r="H5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I5" t="s">
         <v>601</v>
-      </c>
-[...10 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B6" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="H6" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="I6" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B7" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H7" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="I7" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B8" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="H8" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="I8" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B9" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="H9" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="I9" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B10" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H10" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="I10" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B11" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="H11" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="I11" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B12" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="H12" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="I12" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B13" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="H13" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="I13" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B14" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="H14" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="I14" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B15" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="H15" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="I15" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B16" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="H16" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="I16" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B17" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="H17" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="I17" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B18" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="H18" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="I18" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B19" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="H19" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="I19" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B20" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="H20" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="I20" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B21" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="H21" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="I21" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B22" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="H22" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="I22" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B23" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="H23" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="I23" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B24" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="H24" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="I24" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B25" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="H25" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="I25" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B26" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="H26" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="I26" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B27" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H27" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="I27" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B28" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="H28" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="I28" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B29" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H29" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="I29" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B30" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="H30" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="I30" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B31" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="H31" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="I31" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B32" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="H32" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="I32" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B33" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="H33" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="I33" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B34" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="H34" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="I34" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B35" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="H35" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="I35" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B36" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="H36" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="I36" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B37" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="H37" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="I37" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B38" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="H38" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="I38" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B39" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="H39" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="I39" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B40" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="H40" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="I40" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B41" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="H41" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="I41" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B42" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="H42" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="I42" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B43" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="H43" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="I43" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B44" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="H44" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="I44" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B45" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="H45" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="I45" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B46" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="C46" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="H46" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="I46" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B47" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="H47" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="I47" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B48" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="H48" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="I48" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B49" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="H49" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="I49" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B50" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="H50" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="I50" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B51" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="H51" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="I51" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B52" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="H52" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="I52" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B53" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="H53" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="I53" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B54" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="H54" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="I54" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B2" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="C2" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="D2" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E2" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="H2" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B3" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="C3" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="D3" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="E3" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="H3" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B4" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="C4" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="D4" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="E4" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="H4" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B5" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="C5" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="D5" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="E5" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="H5" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B6" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="C6" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="D6" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="E6" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="H6" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B7" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="C7" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="D7" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="E7" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="H7" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B8" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="C8" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="D8" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="E8" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="H8" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B9" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="C9" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="D9" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="E9" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="H9" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B10" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="C10" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="D10" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="E10" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="H10" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B11" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="C11" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="D11" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="E11" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="H11" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B12" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="C12" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="D12" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="E12" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="H12" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B13" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="C13" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="D13" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="E13" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="H13" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B14" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="C14" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="D14" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="E14" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="H14" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B15" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="C15" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="D15" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="E15" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="H15" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="B2" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="C2" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="H2" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O7"/>
+  <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B2" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="H2" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="I2" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J2" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="K2" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B3" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>805</v>
+        <v>913</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
       <c r="H3" t="s">
-        <v>904</v>
+        <v>915</v>
       </c>
       <c r="I3" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J3" t="s">
-        <v>905</v>
+        <v>916</v>
       </c>
       <c r="K3" t="s">
-        <v>906</v>
-[...5 lines deleted...]
-        <v>908</v>
+        <v>917</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B4" t="s">
+        <v>918</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>815</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>919</v>
+      </c>
+      <c r="H4" t="s">
+        <v>920</v>
+      </c>
+      <c r="I4" t="s">
         <v>909</v>
       </c>
-      <c r="C4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="K4" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="L4" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="M4" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>924</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B5" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="H5" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="I5" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J5" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="K5" t="s">
-        <v>923</v>
+        <v>930</v>
+      </c>
+      <c r="L5" t="s">
+        <v>931</v>
+      </c>
+      <c r="M5" t="s">
+        <v>932</v>
+      </c>
+      <c r="N5" t="s">
+        <v>933</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B6" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="H6" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="I6" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J6" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="K6" t="s">
-        <v>929</v>
-[...11 lines deleted...]
-        <v>933</v>
+        <v>939</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="B7" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="H7" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="I7" t="s">
-        <v>938</v>
+        <v>909</v>
       </c>
       <c r="J7" t="s">
-        <v>12</v>
+        <v>944</v>
       </c>
       <c r="K7" t="s">
-        <v>939</v>
+        <v>945</v>
+      </c>
+      <c r="L7" t="s">
+        <v>946</v>
+      </c>
+      <c r="M7" t="s">
+        <v>947</v>
+      </c>
+      <c r="N7" t="s">
+        <v>948</v>
+      </c>
+      <c r="O7" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>904</v>
+      </c>
+      <c r="B8" t="s">
+        <v>950</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>951</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>952</v>
+      </c>
+      <c r="H8" t="s">
+        <v>953</v>
+      </c>
+      <c r="I8" t="s">
+        <v>954</v>
+      </c>
+      <c r="J8" t="s">
+        <v>12</v>
+      </c>
+      <c r="K8" t="s">
+        <v>955</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>