--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1683" uniqueCount="956">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1667" uniqueCount="946">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1142,93 +1142,63 @@
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
   </si>
   <si>
     <t>c_2867360</t>
   </si>
   <si>
     <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
   </si>
   <si>
     <t>05/07/2018 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
   </si>
   <si>
     <t>c_2860688</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Arthrites Juvéniles Idiopathiques</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
   </si>
   <si>
     <t>30/10/2017 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>c_2801939</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2772874</t>
   </si>
   <si>
     <t>Neuropathie amyloïde familiale</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
   </si>
   <si>
     <t>03/05/2017 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
   </si>
   <si>
     <t>c_2760531</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
@@ -3505,51 +3475,51 @@
       </c>
       <c r="D3" t="s">
         <v>91</v>
       </c>
       <c r="E3" t="s">
         <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>93</v>
       </c>
       <c r="H3" t="s">
         <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H74"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5079,3474 +5049,3422 @@
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>386</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
         <v>387</v>
       </c>
       <c r="H60" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>95</v>
       </c>
       <c r="B61" t="s">
         <v>389</v>
       </c>
       <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
         <v>390</v>
       </c>
-      <c r="D61" t="s">
-[...2 lines deleted...]
-      <c r="E61" t="s">
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
         <v>391</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="H61" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>95</v>
       </c>
       <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>390</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
         <v>394</v>
       </c>
-      <c r="C62" t="s">
+      <c r="H62" t="s">
         <v>395</v>
-      </c>
-[...13 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>95</v>
       </c>
       <c r="B63" t="s">
+        <v>396</v>
+      </c>
+      <c r="C63" t="s">
+        <v>397</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>398</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
         <v>399</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="H63" t="s">
         <v>400</v>
-      </c>
-[...7 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>95</v>
       </c>
       <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>402</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
         <v>403</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
         <v>404</v>
       </c>
       <c r="H64" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>406</v>
       </c>
       <c r="C65" t="s">
         <v>407</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
         <v>408</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
         <v>409</v>
       </c>
       <c r="H65" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>411</v>
       </c>
       <c r="C66" t="s">
         <v>412</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>413</v>
       </c>
       <c r="E66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>95</v>
       </c>
       <c r="B67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C67" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>95</v>
       </c>
       <c r="B68" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D68" t="s">
-        <v>423</v>
+        <v>12</v>
       </c>
       <c r="E68" t="s">
         <v>424</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>425</v>
       </c>
       <c r="H68" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>95</v>
       </c>
       <c r="B69" t="s">
         <v>427</v>
       </c>
       <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
         <v>428</v>
       </c>
-      <c r="D69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" t="s">
+        <v>428</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
         <v>429</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="H69" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>95</v>
       </c>
       <c r="B70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
         <v>432</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>433</v>
       </c>
-      <c r="D70" t="s">
-[...2 lines deleted...]
-      <c r="E70" t="s">
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
         <v>434</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>95</v>
       </c>
       <c r="B71" t="s">
+        <v>436</v>
+      </c>
+      <c r="C71" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>438</v>
       </c>
       <c r="E71" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H71" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>95</v>
       </c>
       <c r="B72" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C72" t="s">
-        <v>12</v>
+        <v>443</v>
       </c>
       <c r="D72" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="E72" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
         <v>444</v>
       </c>
       <c r="H72" t="s">
         <v>445</v>
-      </c>
-[...50 lines deleted...]
-        <v>455</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="D2" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="E2" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="H2" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B3" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="C3" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="D3" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="E3" t="s">
         <v>129</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="H3" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B4" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="C4" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="D4" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="E4" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B5" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="C5" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="D5" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="E5" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="H5" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B6" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C6" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="D6" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="E6" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="H6" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B7" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="C7" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="D7" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="E7" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="H7" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B8" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="C8" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="D8" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="E8" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="H8" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B9" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="H9" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B10" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
       <c r="H10" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B11" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="C11" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="D11" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
       <c r="E11" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="H11" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B12" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="C12" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="D12" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="E12" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="H12" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B13" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="C13" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="D13" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="E13" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="H13" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B14" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="C14" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="E14" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="H14" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B15" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="C15" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="D15" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="E15" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="H15" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B2" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="C2" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="D2" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="E2" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="H2" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D3" t="s">
+        <v>534</v>
+      </c>
+      <c r="E3" t="s">
         <v>535</v>
       </c>
-      <c r="B3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="H3" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B4" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="C4" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="D4" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="E4" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
       <c r="H4" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B5" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="D5" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="E5" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="H5" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B6" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="C6" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="D6" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="E6" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="H6" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B7" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="C7" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="D7" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="E7" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="H7" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B8" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="C8" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="D8" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="E8" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="H8" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B9" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="C9" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="D9" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="E9" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="H9" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B10" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="C10" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="D10" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="E10" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="H10" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B11" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="C11" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="D11" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="E11" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="H11" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B2" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="H2" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="I2" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B3" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="H3" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="I3" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B4" t="s">
         <v>596</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="H4" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="I4" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B5" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="H5" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="I5" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B6" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="H6" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="I6" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B7" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="H7" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="I7" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B8" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="H8" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="I8" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B9" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="H9" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="I9" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B10" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H10" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="I10" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B11" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="H11" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="I11" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B12" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="H12" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="I12" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B13" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="H13" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="I13" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B14" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="H14" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="I14" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B15" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="H15" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="I15" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B16" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="H16" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
       <c r="I16" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B17" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="H17" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="I17" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B18" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="H18" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="I18" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B19" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="H19" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="I19" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B20" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="H20" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="I20" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B21" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="H21" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="I21" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B22" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="H22" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="I22" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B23" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
       <c r="H23" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
       <c r="I23" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B24" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
       <c r="H24" t="s">
-        <v>689</v>
+        <v>679</v>
       </c>
       <c r="I24" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B25" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>691</v>
+        <v>681</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>692</v>
+        <v>682</v>
       </c>
       <c r="H25" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="I25" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B26" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
       <c r="H26" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="I26" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B27" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="H27" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
       <c r="I27" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B28" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="H28" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="I28" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B29" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>707</v>
+        <v>697</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="H29" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
       <c r="I29" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B30" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
       <c r="H30" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="I30" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B31" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="H31" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="I31" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B32" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="H32" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="I32" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B33" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="H33" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="I33" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B34" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="H34" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="I34" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B35" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>732</v>
+        <v>722</v>
       </c>
       <c r="H35" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
       <c r="I35" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B36" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="H36" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
       <c r="I36" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B37" t="s">
-        <v>738</v>
+        <v>728</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="H37" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="I37" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B38" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="H38" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="I38" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B39" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>748</v>
+        <v>738</v>
       </c>
       <c r="H39" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
       <c r="I39" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B40" t="s">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="H40" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="I40" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B41" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
       <c r="H41" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="I41" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B42" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>759</v>
+        <v>749</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="H42" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="I42" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B43" t="s">
-        <v>762</v>
+        <v>752</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>763</v>
+        <v>753</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>764</v>
+        <v>754</v>
       </c>
       <c r="H43" t="s">
-        <v>765</v>
+        <v>755</v>
       </c>
       <c r="I43" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B44" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="H44" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="I44" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B45" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="H45" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="I45" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B46" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="C46" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="H46" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="I46" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B47" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="H47" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="I47" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B48" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>784</v>
+        <v>774</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>785</v>
+        <v>775</v>
       </c>
       <c r="H48" t="s">
-        <v>786</v>
+        <v>776</v>
       </c>
       <c r="I48" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B49" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="H49" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="I49" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B50" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
       <c r="H50" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="I50" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B51" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>797</v>
+        <v>787</v>
       </c>
       <c r="H51" t="s">
-        <v>798</v>
+        <v>788</v>
       </c>
       <c r="I51" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B52" t="s">
-        <v>799</v>
+        <v>789</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>800</v>
+        <v>790</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>801</v>
+        <v>791</v>
       </c>
       <c r="H52" t="s">
-        <v>802</v>
+        <v>792</v>
       </c>
       <c r="I52" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B53" t="s">
-        <v>803</v>
+        <v>793</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
       <c r="H53" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="I53" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="B54" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
       <c r="H54" t="s">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="I54" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B2" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="C2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D2" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
       <c r="E2" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="H2" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>801</v>
+      </c>
+      <c r="B3" t="s">
+        <v>808</v>
+      </c>
+      <c r="C3" t="s">
+        <v>809</v>
+      </c>
+      <c r="D3" t="s">
+        <v>810</v>
+      </c>
+      <c r="E3" t="s">
         <v>811</v>
       </c>
-      <c r="B3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="H3" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B4" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="C4" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
       <c r="D4" t="s">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="E4" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="H4" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B5" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="C5" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
       <c r="D5" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="E5" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="H5" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B6" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="C6" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="D6" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="E6" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="H6" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B7" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="C7" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="D7" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="E7" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>846</v>
+        <v>836</v>
       </c>
       <c r="H7" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B8" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="C8" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="D8" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="E8" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="H8" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B9" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="C9" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="D9" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="E9" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="H9" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B10" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="C10" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="D10" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="E10" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="H10" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B11" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="C11" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
       <c r="D11" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="E11" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="H11" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B12" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="C12" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="D12" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
       <c r="E12" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="H12" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B13" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
       <c r="C13" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="D13" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
       <c r="E13" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>882</v>
+        <v>872</v>
       </c>
       <c r="H13" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B14" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
       <c r="C14" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="D14" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="E14" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="H14" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="B15" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="C15" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
       <c r="D15" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="E15" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="H15" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="B2" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="C2" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="H2" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B2" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>907</v>
+        <v>897</v>
       </c>
       <c r="H2" t="s">
-        <v>908</v>
+        <v>898</v>
       </c>
       <c r="I2" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J2" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="K2" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>894</v>
+      </c>
+      <c r="B3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>903</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>904</v>
       </c>
-      <c r="B3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H3" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="I3" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J3" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="K3" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="H4" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="I4" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J4" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="K4" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
       <c r="L4" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
       <c r="M4" t="s">
-        <v>924</v>
+        <v>914</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B5" t="s">
-        <v>925</v>
+        <v>915</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>926</v>
+        <v>916</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="H5" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
       <c r="I5" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J5" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="K5" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="L5" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="M5" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="N5" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B6" t="s">
-        <v>934</v>
+        <v>924</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="H6" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c r="I6" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J6" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="K6" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B7" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="H7" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="I7" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J7" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="K7" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="L7" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="M7" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="N7" t="s">
-        <v>948</v>
+        <v>938</v>
       </c>
       <c r="O7" t="s">
-        <v>949</v>
+        <v>939</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="B8" t="s">
-        <v>950</v>
+        <v>940</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>951</v>
+        <v>941</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>952</v>
+        <v>942</v>
       </c>
       <c r="H8" t="s">
-        <v>953</v>
+        <v>943</v>
       </c>
       <c r="I8" t="s">
-        <v>954</v>
+        <v>944</v>
       </c>
       <c r="J8" t="s">
         <v>12</v>
       </c>
       <c r="K8" t="s">
-        <v>955</v>
+        <v>945</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>