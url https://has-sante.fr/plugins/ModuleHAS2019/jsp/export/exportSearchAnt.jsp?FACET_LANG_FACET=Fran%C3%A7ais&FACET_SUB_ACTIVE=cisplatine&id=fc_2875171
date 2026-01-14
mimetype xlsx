--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,430 +1,4121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="433">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2003 09:43:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>THERASPHERE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>28/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197014/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3197014</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90</t>
+  </si>
+  <si>
+    <t>BTG</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>20/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2018 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831678/fr/therasphere</t>
+  </si>
+  <si>
+    <t>c_2831678</t>
+  </si>
+  <si>
+    <t>Biocompatibles UK Limited, Groupe BTG International</t>
+  </si>
+  <si>
+    <t>THERASPHERE - 31 mai 2011 (3508) avis</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90 RADIOTHERAPIE - Nouveau Dispositif Avis défavorable au remboursement en raison d’un intérêt thérapeutique non établi dans le traitement palliatif du carcinome hépatocellulaire</t>
+  </si>
+  <si>
+    <t>31/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048967/fr/therasphere-31-mai-2011-3508-avis</t>
+  </si>
+  <si>
+    <t>c_1048967</t>
+  </si>
+  <si>
+    <t>MDS Nordion S.A (Belgique)</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
+  </si>
+  <si>
+    <t>Evaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) et de la recherche des anticorps sériques anti-EBV dans le cadre du carcinome indifférencié du rhinopharynx (cancer du cavum)</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615170/fr/examens-biologiques-de-recherche-du-virus-d-epstein-barr-ebv-dans-la-prise-en-charge-du-carcinome-du-rhinopharynx</t>
+  </si>
+  <si>
+    <t>c_2615170</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
+  </si>
+  <si>
+    <t>La Société française d’endoscopie digestive (SFED) a saisi la HAS en vue d’évaluer l’«Endomicroscopie Confocale par Laser» (ECL) au cours d’une procédure d’endoscopie digestive dans l’indication: la ou les sténose(s) indéterminée(s) des voies biliaires (SIVB).</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063147/fr/evaluation-de-l-endomicroscopie-confocale-par-laser-dans-la-caracterisation-des-stenoses-indeterminees-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>c_2063147</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636346/fr/college-deliberatif-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636346</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3607140</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 avril 2025</t>
+  </si>
+  <si>
+    <t>06/05/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603185/fr/college-deliberatif-du-10-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3603185</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598140</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 21 mars 2024</t>
+  </si>
+  <si>
+    <t>16/05/2024 12:42:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517826/fr/pv-college-deliberatif-du-21-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3517826</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 mars 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494643/fr/college-deliberatif-du-3-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3494643</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 mai 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494695/fr/college-deliberatif-du-12-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3494695</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22  septembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494778/fr/college-deliberatif-du-22-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494778</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mai 2023</t>
+  </si>
+  <si>
+    <t>05/05/2023 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433011/fr/commission-de-la-transparence-reunion-du-10-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3433011</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 Octobre 2022</t>
+  </si>
+  <si>
+    <t>07/10/2022 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375646/fr/commission-de-la-transparence-reunion-du-12-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3375646</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 30 août 2022</t>
+  </si>
+  <si>
+    <t>01/09/2022 18:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361224/fr/ceesp-reunion-du-30-aout-2022</t>
+  </si>
+  <si>
+    <t>p_3361224</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 Juillet 2022</t>
+  </si>
+  <si>
+    <t>01/07/2022 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350249/fr/commission-de-la-transparence-reunion-du-06-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3350249</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 10 mars 2021</t>
+  </si>
+  <si>
+    <t>04/03/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240964/fr/commission-de-la-transparence-reunion-a-distance-du-10-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3240964</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>27/02/2020 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153443/fr/commission-de-la-transparence-reunion-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3153443</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2017</t>
+  </si>
+  <si>
+    <t>15/03/2017 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750917/fr/commission-de-la-transparence-reunion-du-22-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2750917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/06/2016 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641665/fr/commission-de-la-transparence-reunion-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2641665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er octobre 2008</t>
+  </si>
+  <si>
+    <t>01/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_696855/fr/commission-de-la-transparence-reunion-du-1er-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_696855</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mars 2007</t>
+  </si>
+  <si>
+    <t>28/03/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592923/fr/commission-de-la-transparence-reunion-du-28-mars-2007</t>
+  </si>
+  <si>
+    <t>c_592923</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0133/DC/SEM du 28 mai 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMFINZI (durvalumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMFINZI (durvalumab) dans l' indication « en association avec la gemcitabine et le cisplatine en traitement néoadjuvant, suivi d’IMFINZI en monothérapie après une cystectomie radicale, pour le traitement des patients adultes atteints d’une tumeur résécable de la vessie infiltrant le muscle (TVIM) »</t>
+  </si>
+  <si>
+    <t>28/05/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 16:36:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609097/fr/decision-n2025-0133/dc/sem-du-28-mai-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>p_3609097</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0100/DC/SEM du 10 avril 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité  PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité PEDMARQSI (thiosulfate de sodium) dans l'indication « prévention de l’ototoxicité induite par la chimiothérapie à base de cisplatine chez les patients âgés de 1 mois à 18 ans atteints de tumeurs solides localisées et non métastatiques ».</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601997/fr/decision-n2025-0100/dc/sem-du-10-avril-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3601997</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0079/DC/SEM du 21 mars 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association à la gemcitabine et au cisplatine, dans le traitement de première ligne des patients adultes atteints d’un carcinome des voies biliaires localement avancé non résécable ou métastatique ».</t>
+  </si>
+  <si>
+    <t>21/03/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>02/04/2024 17:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505668/fr/decision-n2024-0079/dc/sem-du-21-mars-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3505668</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0151/DC/SEM du 12 mai 2022 du collège de la Haute Autorité de santé constatant l’impact significatif du produit OPDIVO (nivolumab) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 12 mai 2022 a constaté l'impact significatif du produit OPDIVO (nivolumab) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « Traitement adjuvant des patients adultes atteints de carcinome urothélial infiltrant le muscle (CUIM) à haut risque de récidive après exérèse complète, dont les cellules tumorales expriment PD-L1 au seuil ≥ 1% : - ayant reçu une chimiothérapie néoadjuvante ; - ou n'ayant pas reçu de chimiothérapie néoadjuvante et non éligibles/ou ayant refusé une chimiothérapie adjuvante à base de cisplatine ».</t>
+  </si>
+  <si>
+    <t>12/05/2022 13:06:00</t>
+  </si>
+  <si>
+    <t>25/10/2022 18:10:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380719/fr/decision-n2022-0151/dc/sem-du-12-mai-2022-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-opdivo-nivolumab-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3380719</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0246/DC/SEM du 13 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité OPDIVO</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité OPDIVO (nivolumab).</t>
+  </si>
+  <si>
+    <t>13/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2022 10:11:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359104/fr/decision-n2022-0246/dc/sem-du-13-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-opdivo</t>
+  </si>
+  <si>
+    <t>p_3359104</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la HAS relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la Haute Autorité de santé relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique "Voir aussi".</t>
+  </si>
+  <si>
+    <t>17/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272893/fr/avis-n-2021-0041/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-a-la-chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+  </si>
+  <si>
+    <t>p_3272893</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0038/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LIBTAYO (cemiplimab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité LIBTAYO (cemiplimab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# - « en monothérapie pour le traitement de patients adultes atteints d’un carcinome épidermoïde cutané localement avancé ou métastatique, non éligible à la chirurgie ou à la radiothérapie, présentant un score ECOG &gt; 1, quelle que soit la ligne de traitement »# - « en monothérapie pour le traitement de patients adultes atteints d’un carcinome épidermoïde cutané localement avancé ou métastatique, non éligible à la chirurgie ou à la radiothérapie, présentant un score ECOG de 0 ou 1 en 1ère ligne de traitement et éligibles aux sels de platine »# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>12/06/2019 14:53:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067227/fr/avis-n-2019-0038/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-libtayo-cemiplimab</t>
+  </si>
+  <si>
+    <t>p_3067227</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0016/AC/SEM du 27 janvier 2016 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAGRISSO (osimertinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/01/2016 10:19:00</t>
+  </si>
+  <si>
+    <t>11/02/2016 14:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608095/fr/avis-n-2016-0016/ac/sem-du-27-janvier-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tagrisso-osimertinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2608095</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CISPLATINE (cisplatine)</t>
+  </si>
+  <si>
+    <t>01/08/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984631/fr/cisplatine-cisplatine</t>
+  </si>
+  <si>
+    <t>pprd_2984631</t>
+  </si>
+  <si>
+    <t>cisplatine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / DAKOTA PHARM / HIKMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399728/fr/cisplatine-dakota-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003850/fr/cisplatine-accord-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535830/fr/cisplatine-hikma-cisplatine-oncologie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>88</v>
+      </c>
+      <c r="H7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>113</v>
+      </c>
+      <c r="H5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D4" t="s">
+        <v>130</v>
+      </c>
+      <c r="E4" t="s">
+        <v>131</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D6" t="s">
+        <v>136</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D7" t="s">
+        <v>147</v>
+      </c>
+      <c r="E7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>149</v>
+      </c>
+      <c r="H7" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>115</v>
+      </c>
+      <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C9" t="s">
+        <v>158</v>
+      </c>
+      <c r="D9" t="s">
+        <v>159</v>
+      </c>
+      <c r="E9" t="s">
+        <v>160</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>161</v>
+      </c>
+      <c r="H9" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>115</v>
+      </c>
+      <c r="B10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>165</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>166</v>
+      </c>
+      <c r="H10" t="s">
+        <v>167</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I46"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>172</v>
+      </c>
+      <c r="H2" t="s">
+        <v>173</v>
+      </c>
+      <c r="I2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>181</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>182</v>
+      </c>
+      <c r="H4" t="s">
+        <v>183</v>
+      </c>
+      <c r="I4" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H5" t="s">
+        <v>187</v>
+      </c>
+      <c r="I5" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B6" t="s">
+        <v>188</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>189</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>190</v>
+      </c>
+      <c r="H6" t="s">
+        <v>191</v>
+      </c>
+      <c r="I6" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>169</v>
+      </c>
+      <c r="B7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>194</v>
+      </c>
+      <c r="H7" t="s">
+        <v>195</v>
+      </c>
+      <c r="I7" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>169</v>
+      </c>
+      <c r="B8" t="s">
+        <v>196</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>197</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>198</v>
+      </c>
+      <c r="H8" t="s">
+        <v>199</v>
+      </c>
+      <c r="I8" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>169</v>
+      </c>
+      <c r="B9" t="s">
+        <v>200</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>202</v>
+      </c>
+      <c r="H9" t="s">
+        <v>203</v>
+      </c>
+      <c r="I9" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B10" t="s">
+        <v>204</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>205</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>206</v>
+      </c>
+      <c r="H10" t="s">
+        <v>207</v>
+      </c>
+      <c r="I10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>169</v>
+      </c>
+      <c r="B11" t="s">
+        <v>208</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>205</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>209</v>
+      </c>
+      <c r="H11" t="s">
+        <v>210</v>
+      </c>
+      <c r="I11" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>169</v>
+      </c>
+      <c r="B12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>205</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>212</v>
+      </c>
+      <c r="H12" t="s">
+        <v>213</v>
+      </c>
+      <c r="I12" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>169</v>
+      </c>
+      <c r="B13" t="s">
+        <v>214</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>215</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>216</v>
+      </c>
+      <c r="H13" t="s">
+        <v>217</v>
+      </c>
+      <c r="I13" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>169</v>
+      </c>
+      <c r="B14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>219</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>220</v>
+      </c>
+      <c r="H14" t="s">
+        <v>221</v>
+      </c>
+      <c r="I14" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>169</v>
+      </c>
+      <c r="B15" t="s">
+        <v>222</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>223</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>224</v>
+      </c>
+      <c r="H15" t="s">
+        <v>225</v>
+      </c>
+      <c r="I15" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>169</v>
+      </c>
+      <c r="B16" t="s">
+        <v>226</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>227</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>228</v>
+      </c>
+      <c r="H16" t="s">
+        <v>229</v>
+      </c>
+      <c r="I16" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>169</v>
+      </c>
+      <c r="B17" t="s">
+        <v>230</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>231</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>232</v>
+      </c>
+      <c r="H17" t="s">
+        <v>233</v>
+      </c>
+      <c r="I17" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>169</v>
+      </c>
+      <c r="B18" t="s">
+        <v>234</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>235</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>236</v>
+      </c>
+      <c r="H18" t="s">
+        <v>237</v>
+      </c>
+      <c r="I18" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>169</v>
+      </c>
+      <c r="B19" t="s">
+        <v>238</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>239</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>240</v>
+      </c>
+      <c r="H19" t="s">
+        <v>241</v>
+      </c>
+      <c r="I19" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>169</v>
+      </c>
+      <c r="B20" t="s">
+        <v>242</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>243</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>244</v>
+      </c>
+      <c r="H20" t="s">
+        <v>245</v>
+      </c>
+      <c r="I20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>246</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>247</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>248</v>
+      </c>
+      <c r="H21" t="s">
+        <v>249</v>
+      </c>
+      <c r="I21" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>250</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>251</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>252</v>
+      </c>
+      <c r="H22" t="s">
+        <v>253</v>
+      </c>
+      <c r="I22" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>254</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>255</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>256</v>
+      </c>
+      <c r="H23" t="s">
+        <v>257</v>
+      </c>
+      <c r="I23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>258</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>259</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>260</v>
+      </c>
+      <c r="H24" t="s">
+        <v>261</v>
+      </c>
+      <c r="I24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>262</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>263</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>264</v>
+      </c>
+      <c r="H25" t="s">
+        <v>265</v>
+      </c>
+      <c r="I25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>266</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>267</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>268</v>
+      </c>
+      <c r="H26" t="s">
+        <v>269</v>
+      </c>
+      <c r="I26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>270</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>271</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>272</v>
+      </c>
+      <c r="H27" t="s">
+        <v>273</v>
+      </c>
+      <c r="I27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>274</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>275</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>276</v>
+      </c>
+      <c r="H28" t="s">
+        <v>277</v>
+      </c>
+      <c r="I28" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>278</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>279</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>280</v>
+      </c>
+      <c r="H29" t="s">
+        <v>281</v>
+      </c>
+      <c r="I29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" t="s">
+        <v>282</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>283</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>284</v>
+      </c>
+      <c r="H30" t="s">
+        <v>285</v>
+      </c>
+      <c r="I30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>169</v>
+      </c>
+      <c r="B31" t="s">
+        <v>286</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>287</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>288</v>
+      </c>
+      <c r="H31" t="s">
+        <v>289</v>
+      </c>
+      <c r="I31" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B32" t="s">
+        <v>290</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>291</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>292</v>
+      </c>
+      <c r="H32" t="s">
+        <v>293</v>
+      </c>
+      <c r="I32" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>294</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>295</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>296</v>
+      </c>
+      <c r="H33" t="s">
+        <v>297</v>
+      </c>
+      <c r="I33" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>169</v>
+      </c>
+      <c r="B34" t="s">
+        <v>298</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>299</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>300</v>
+      </c>
+      <c r="H34" t="s">
+        <v>301</v>
+      </c>
+      <c r="I34" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>169</v>
+      </c>
+      <c r="B35" t="s">
+        <v>302</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>303</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>304</v>
+      </c>
+      <c r="H35" t="s">
+        <v>305</v>
+      </c>
+      <c r="I35" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>169</v>
+      </c>
+      <c r="B36" t="s">
+        <v>306</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>307</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>308</v>
+      </c>
+      <c r="H36" t="s">
+        <v>309</v>
+      </c>
+      <c r="I36" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>169</v>
+      </c>
+      <c r="B37" t="s">
+        <v>310</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>311</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>312</v>
+      </c>
+      <c r="H37" t="s">
+        <v>313</v>
+      </c>
+      <c r="I37" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>169</v>
+      </c>
+      <c r="B38" t="s">
+        <v>314</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>315</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>316</v>
+      </c>
+      <c r="H38" t="s">
+        <v>317</v>
+      </c>
+      <c r="I38" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>318</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>319</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>320</v>
+      </c>
+      <c r="H39" t="s">
+        <v>321</v>
+      </c>
+      <c r="I39" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>322</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>323</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>324</v>
+      </c>
+      <c r="H40" t="s">
+        <v>325</v>
+      </c>
+      <c r="I40" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>326</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>327</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>328</v>
+      </c>
+      <c r="H41" t="s">
+        <v>329</v>
+      </c>
+      <c r="I41" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>330</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>331</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>332</v>
+      </c>
+      <c r="H42" t="s">
+        <v>333</v>
+      </c>
+      <c r="I42" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" t="s">
+        <v>334</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>335</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>336</v>
+      </c>
+      <c r="H43" t="s">
+        <v>337</v>
+      </c>
+      <c r="I43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>169</v>
+      </c>
+      <c r="B44" t="s">
+        <v>338</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>339</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>340</v>
+      </c>
+      <c r="H44" t="s">
+        <v>341</v>
+      </c>
+      <c r="I44" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>169</v>
+      </c>
+      <c r="B45" t="s">
+        <v>342</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>343</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>344</v>
+      </c>
+      <c r="H45" t="s">
+        <v>345</v>
+      </c>
+      <c r="I45" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>169</v>
+      </c>
+      <c r="B46" t="s">
+        <v>346</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>347</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>348</v>
+      </c>
+      <c r="H46" t="s">
+        <v>349</v>
+      </c>
+      <c r="I46" t="s">
+        <v>179</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E2" t="s">
+        <v>354</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H3" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B4" t="s">
+        <v>363</v>
+      </c>
+      <c r="C4" t="s">
+        <v>364</v>
+      </c>
+      <c r="D4" t="s">
+        <v>365</v>
+      </c>
+      <c r="E4" t="s">
+        <v>366</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>367</v>
+      </c>
+      <c r="H4" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B5" t="s">
+        <v>369</v>
+      </c>
+      <c r="C5" t="s">
+        <v>370</v>
+      </c>
+      <c r="D5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E5" t="s">
+        <v>372</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>373</v>
+      </c>
+      <c r="H5" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C6" t="s">
+        <v>376</v>
+      </c>
+      <c r="D6" t="s">
+        <v>377</v>
+      </c>
+      <c r="E6" t="s">
+        <v>378</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>379</v>
+      </c>
+      <c r="H6" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>350</v>
+      </c>
+      <c r="B7" t="s">
+        <v>381</v>
+      </c>
+      <c r="C7" t="s">
+        <v>382</v>
+      </c>
+      <c r="D7" t="s">
+        <v>383</v>
+      </c>
+      <c r="E7" t="s">
+        <v>119</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>384</v>
+      </c>
+      <c r="H7" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>350</v>
+      </c>
+      <c r="B8" t="s">
+        <v>386</v>
+      </c>
+      <c r="C8" t="s">
+        <v>387</v>
+      </c>
+      <c r="D8" t="s">
+        <v>388</v>
+      </c>
+      <c r="E8" t="s">
+        <v>389</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>390</v>
+      </c>
+      <c r="H8" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>350</v>
+      </c>
+      <c r="B9" t="s">
+        <v>392</v>
+      </c>
+      <c r="C9" t="s">
+        <v>393</v>
+      </c>
+      <c r="D9" t="s">
+        <v>394</v>
+      </c>
+      <c r="E9" t="s">
+        <v>395</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>396</v>
+      </c>
+      <c r="H9" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>350</v>
+      </c>
+      <c r="B10" t="s">
+        <v>398</v>
+      </c>
+      <c r="C10" t="s">
+        <v>399</v>
+      </c>
+      <c r="D10" t="s">
+        <v>400</v>
+      </c>
+      <c r="E10" t="s">
+        <v>401</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>402</v>
+      </c>
+      <c r="H10" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>350</v>
+      </c>
+      <c r="B11" t="s">
+        <v>404</v>
+      </c>
+      <c r="C11" t="s">
+        <v>404</v>
+      </c>
+      <c r="D11" t="s">
+        <v>405</v>
+      </c>
+      <c r="E11" t="s">
+        <v>406</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>407</v>
+      </c>
+      <c r="H11" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>350</v>
+      </c>
+      <c r="B12" t="s">
+        <v>409</v>
+      </c>
+      <c r="C12" t="s">
+        <v>410</v>
+      </c>
+      <c r="D12" t="s">
+        <v>411</v>
+      </c>
+      <c r="E12" t="s">
+        <v>412</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>413</v>
+      </c>
+      <c r="H12" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>350</v>
+      </c>
+      <c r="B13" t="s">
+        <v>415</v>
+      </c>
+      <c r="C13" t="s">
+        <v>416</v>
+      </c>
+      <c r="D13" t="s">
+        <v>417</v>
+      </c>
+      <c r="E13" t="s">
+        <v>418</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>419</v>
+      </c>
+      <c r="H13" t="s">
+        <v>420</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>423</v>
+      </c>
+      <c r="B2" t="s">
+        <v>424</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>425</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>426</v>
+      </c>
+      <c r="H2" t="s">
+        <v>427</v>
+      </c>
+      <c r="I2" t="s">
+        <v>428</v>
+      </c>
+      <c r="J2" t="s">
+        <v>429</v>
+      </c>
+      <c r="K2" t="s">
+        <v>430</v>
+      </c>
+      <c r="L2" t="s">
+        <v>431</v>
+      </c>
+      <c r="M2" t="s">
+        <v>432</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>