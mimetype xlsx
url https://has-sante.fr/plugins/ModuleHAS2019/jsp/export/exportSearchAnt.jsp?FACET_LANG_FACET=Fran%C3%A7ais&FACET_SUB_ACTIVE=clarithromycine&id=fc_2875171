--- v0 (2025-10-19)
+++ v1 (2026-01-14)
@@ -1,400 +1,1147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="631" uniqueCount="338">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Documents for Patients</t>
-[...17 lines deleted...]
-    <t>c_2911396</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 juin 2024</t>
+  </si>
+  <si>
+    <t>24/06/2024 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525531/fr/college-deliberatif-du-20-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525531</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 avril 2019</t>
+  </si>
+  <si>
+    <t>19/04/2019 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965059/fr/college-deliberatif-du-24-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2965059</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 09 avril 2019</t>
+  </si>
+  <si>
+    <t>03/04/2019 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2955979/fr/cnedimts-reunion-du-09-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2955979</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 mars 2019</t>
+  </si>
+  <si>
+    <t>08/03/2019 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908890/fr/college-deliberatif-du-13-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2908890</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 janvier 2017</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777672/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2777672</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0013/AC/SBP du 11 mars 2021 du collège de la Haute Autorité de santé relatif au projet d’arrêté fixant la liste des pathologies et des médicaments pouvant faire l’objet d’une délivrance par les pharmaciens d’officine prévue à l’article L.5125-1-1 du code de santé publique</t>
+  </si>
+  <si>
+    <t>Le ministère des solidarités et de la santé a sollicité l'avis de la Haute Autorité de santé sur le projet d’arrêté fixant la liste des pathologies et des médicaments pouvant faire l’objet d’une délivrance par les pharmaciens d’officine prévue à l’article L.5125-1-1 du code de santé publique.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2021 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260833/fr/avisn2021-0013/ac/sbp-du-11-mars-2021-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-d-arrete-fixant-la-liste-des-pathologies-et-des-medicaments-pouvant-faire-l-objet-d-une-delivrance-par-les-pharmaciens-d-officine-prevue-a-l-article-l-5125-1-1-du-code-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3260833</t>
+  </si>
+  <si>
+    <t>Avis n°2019.0026/AC/SEAP du 24 avril 2019 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS de trois examens de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de trois examens de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir+ »</t>
+  </si>
+  <si>
+    <t>24/04/2019 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965996/fr/avis-n2019-0026/ac/seap-du-24-avril-2019-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-trois-examens-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2965996</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZECLAR - MONOZECLAR (clarithromycine)</t>
+  </si>
+  <si>
+    <t>20/06/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983241/fr/zeclar-monozeclar-clarithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2983241</t>
+  </si>
+  <si>
+    <t>clarithromycine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399029/fr/zeclar-500-mg-comprime-pellicule-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399030/fr/zeclar-25mg/ml-granules-pour-suspension-buvable-flacon-de-60ml-et-100ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399714/fr/zeclar-500-mg-comprime-enrobe-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399715/fr/zeclar-25-mg/ml-granules-pour-suspension-buvable-flacon-de-60-ml-et-100-ml-zeclar-50-mg/ml-granules-pour-suspension-buvable-flacon-de-60-ml-et-100-ml-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614424/fr/zeclar-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856033/fr/zeclar-monozeclar-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250141/fr/monozeclar-zeclar-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400125/fr/monozeclar-500-mg-comprime-a-liberation-modifiee-boite-de-5-code-cip-365-533-9-boite-de-10-code-cip-365-537-4</t>
+  </si>
+  <si>
+    <t>NAXY - MONONAXY (clarithromycine)</t>
+  </si>
+  <si>
+    <t>30/10/2012 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984975/fr/naxy-mononaxy-clarithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2984975</t>
+  </si>
+  <si>
+    <t>CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399011/fr/naxy-25mg/ml-granules-pour-suspension-buvable-flacon-de-60ml-et-100ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399012/fr/naxy-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399696/fr/naxy-500-mg-comprime-pellicule-boite-de-10-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399697/fr/naxy-25-mg/ml-granules-pour-suspension-buvable-flacon-de-60-ml-et-100-ml-naxy-50-mg/ml-granules-pour-suspension-buvable-flacon-de-60-ml-et-100-ml-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614515/fr/naxy-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329542/fr/naxy-mononaxy-clarithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400124/fr/mononaxy-500-mg-comprime-a-liberation-modifiee-boite-de-5-code-cip-365-542-8-boite-de10-code-cip-365-546-3</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -408,485 +1155,2146 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" t="s">
+        <v>85</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B5" t="s">
+        <v>93</v>
+      </c>
+      <c r="C5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H5" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H6" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>105</v>
+      </c>
+      <c r="H8" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>107</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>108</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>109</v>
+      </c>
+      <c r="H9" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>97</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>112</v>
+      </c>
+      <c r="H10" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>115</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>116</v>
+      </c>
+      <c r="H11" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>115</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>119</v>
+      </c>
+      <c r="H12" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" t="s">
+        <v>122</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>123</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>124</v>
+      </c>
+      <c r="H13" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>127</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>128</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D16" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="E16" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>76</v>
+        <v>133</v>
       </c>
       <c r="H16" t="s">
-        <v>77</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="E17" t="s">
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>82</v>
+        <v>136</v>
       </c>
       <c r="H17" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
         <v>85</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>88</v>
+        <v>139</v>
       </c>
       <c r="H18" t="s">
-        <v>89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E19" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="H19" t="s">
-        <v>96</v>
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" t="s">
+        <v>123</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>145</v>
+      </c>
+      <c r="H20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>148</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>149</v>
+      </c>
+      <c r="H21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>77</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" t="s">
+        <v>152</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>153</v>
+      </c>
+      <c r="H22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" t="s">
+        <v>156</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>157</v>
+      </c>
+      <c r="H23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>77</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>81</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>160</v>
+      </c>
+      <c r="H24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>79</v>
+      </c>
+      <c r="D25" t="s">
+        <v>80</v>
+      </c>
+      <c r="E25" t="s">
+        <v>81</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>163</v>
+      </c>
+      <c r="H25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>77</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>168</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>169</v>
+      </c>
+      <c r="H26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>172</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>174</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>175</v>
+      </c>
+      <c r="H27" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" t="s">
+        <v>179</v>
+      </c>
+      <c r="E28" t="s">
+        <v>180</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>181</v>
+      </c>
+      <c r="H28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>184</v>
+      </c>
+      <c r="D29" t="s">
+        <v>185</v>
+      </c>
+      <c r="E29" t="s">
+        <v>186</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>187</v>
+      </c>
+      <c r="H29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" t="s">
+        <v>190</v>
+      </c>
+      <c r="E30" t="s">
+        <v>152</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>191</v>
+      </c>
+      <c r="H30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>194</v>
+      </c>
+      <c r="H31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" t="s">
+        <v>123</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>197</v>
+      </c>
+      <c r="H32" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
+        <v>200</v>
+      </c>
+      <c r="D33" t="s">
+        <v>201</v>
+      </c>
+      <c r="E33" t="s">
+        <v>202</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>203</v>
+      </c>
+      <c r="H33" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" t="s">
+        <v>206</v>
+      </c>
+      <c r="D34" t="s">
+        <v>207</v>
+      </c>
+      <c r="E34" t="s">
+        <v>208</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>209</v>
+      </c>
+      <c r="H34" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>77</v>
+      </c>
+      <c r="B35" t="s">
+        <v>211</v>
+      </c>
+      <c r="C35" t="s">
+        <v>212</v>
+      </c>
+      <c r="D35" t="s">
+        <v>213</v>
+      </c>
+      <c r="E35" t="s">
+        <v>214</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>215</v>
+      </c>
+      <c r="H35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D2" t="s">
+        <v>220</v>
+      </c>
+      <c r="E2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>222</v>
+      </c>
+      <c r="H2" t="s">
+        <v>223</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>224</v>
+      </c>
+      <c r="B2" t="s">
+        <v>225</v>
+      </c>
+      <c r="C2" t="s">
+        <v>226</v>
+      </c>
+      <c r="D2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E2" t="s">
+        <v>228</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>229</v>
+      </c>
+      <c r="H2" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D3" t="s">
+        <v>233</v>
+      </c>
+      <c r="E3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B4" t="s">
+        <v>237</v>
+      </c>
+      <c r="C4" t="s">
+        <v>238</v>
+      </c>
+      <c r="D4" t="s">
+        <v>239</v>
+      </c>
+      <c r="E4" t="s">
+        <v>240</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>241</v>
+      </c>
+      <c r="H4" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>224</v>
+      </c>
+      <c r="B5" t="s">
+        <v>243</v>
+      </c>
+      <c r="C5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D5" t="s">
+        <v>245</v>
+      </c>
+      <c r="E5" t="s">
+        <v>246</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>247</v>
+      </c>
+      <c r="H5" t="s">
+        <v>248</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>250</v>
+      </c>
+      <c r="B2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>253</v>
+      </c>
+      <c r="H2" t="s">
+        <v>254</v>
+      </c>
+      <c r="I2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H3" t="s">
+        <v>259</v>
+      </c>
+      <c r="I3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>261</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>262</v>
+      </c>
+      <c r="H4" t="s">
+        <v>263</v>
+      </c>
+      <c r="I4" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>250</v>
+      </c>
+      <c r="B5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>265</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H5" t="s">
+        <v>267</v>
+      </c>
+      <c r="I5" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>250</v>
+      </c>
+      <c r="B6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>269</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>270</v>
+      </c>
+      <c r="H6" t="s">
+        <v>271</v>
+      </c>
+      <c r="I6" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>250</v>
+      </c>
+      <c r="B7" t="s">
+        <v>272</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>273</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>274</v>
+      </c>
+      <c r="H7" t="s">
+        <v>275</v>
+      </c>
+      <c r="I7" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>250</v>
+      </c>
+      <c r="B8" t="s">
+        <v>276</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>277</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>278</v>
+      </c>
+      <c r="H8" t="s">
+        <v>279</v>
+      </c>
+      <c r="I8" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>250</v>
+      </c>
+      <c r="B9" t="s">
+        <v>280</v>
+      </c>
+      <c r="C9" t="s">
+        <v>281</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>282</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>283</v>
+      </c>
+      <c r="H9" t="s">
+        <v>284</v>
+      </c>
+      <c r="I9" t="s">
+        <v>255</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H3" t="s">
+        <v>296</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>297</v>
+      </c>
+      <c r="J1" t="s">
+        <v>298</v>
+      </c>
+      <c r="K1" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>300</v>
+      </c>
+      <c r="B2" t="s">
+        <v>301</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>303</v>
+      </c>
+      <c r="H2" t="s">
+        <v>304</v>
+      </c>
+      <c r="I2" t="s">
+        <v>305</v>
+      </c>
+      <c r="J2" t="s">
+        <v>306</v>
+      </c>
+      <c r="K2" t="s">
+        <v>307</v>
+      </c>
+      <c r="L2" t="s">
+        <v>308</v>
+      </c>
+      <c r="M2" t="s">
+        <v>309</v>
+      </c>
+      <c r="N2" t="s">
+        <v>310</v>
+      </c>
+      <c r="O2" t="s">
+        <v>311</v>
+      </c>
+      <c r="P2" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>313</v>
+      </c>
+      <c r="R2" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>317</v>
+      </c>
+      <c r="H3" t="s">
+        <v>318</v>
+      </c>
+      <c r="I3" t="s">
+        <v>305</v>
+      </c>
+      <c r="J3" t="s">
+        <v>319</v>
+      </c>
+      <c r="K3" t="s">
+        <v>320</v>
+      </c>
+      <c r="L3" t="s">
+        <v>321</v>
+      </c>
+      <c r="M3" t="s">
+        <v>322</v>
+      </c>
+      <c r="N3" t="s">
+        <v>323</v>
+      </c>
+      <c r="O3" t="s">
+        <v>324</v>
+      </c>
+      <c r="P3" t="s">
+        <v>325</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H3" t="s">
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>