--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
   </si>
   <si>
     <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
   </si>
   <si>
     <t>17/06/2015 10:55:00</t>
   </si>
   <si>
     <t>29/06/2015 17:40:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
   </si>
   <si>
     <t>c_2042574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -107,101 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>