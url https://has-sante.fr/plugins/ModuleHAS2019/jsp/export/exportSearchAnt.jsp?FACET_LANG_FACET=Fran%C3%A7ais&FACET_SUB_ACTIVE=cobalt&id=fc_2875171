--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,421 +1,5149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1006" uniqueCount="570">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PRODISC L</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3802172/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>p_3802172</t>
+  </si>
+  <si>
+    <t>Prothèse totale du disque lombaire</t>
+  </si>
+  <si>
+    <t>CENTINEL SPINE SCHWEIZ GmbH (Suisse)</t>
+  </si>
+  <si>
+    <t>ULTIMASTER NAGOMI</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635764/fr/ultimaster-nagomi</t>
+  </si>
+  <si>
+    <t>p_3635764</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME TMJ</t>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635761/fr/systeme-tmj</t>
+  </si>
+  <si>
+    <t>p_3635761</t>
+  </si>
+  <si>
+    <t>Système de prothèse de reconstruction de l’articulation temporo-mandibulaire sur mesure</t>
+  </si>
+  <si>
+    <t>STRYKER FRANCE (France)</t>
+  </si>
+  <si>
+    <t>EASYMOVE</t>
+  </si>
+  <si>
+    <t>25/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601863/fr/easymove</t>
+  </si>
+  <si>
+    <t>p_3601863</t>
+  </si>
+  <si>
+    <t>Prothèse totale de cheville</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>BHR</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME A DOUBLE MOBILITE TRINITY</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515165/fr/systeme-a-double-mobilite-trinity</t>
+  </si>
+  <si>
+    <t>p_3515165</t>
+  </si>
+  <si>
+    <t>Cotyle à double mobilité constitué d’une cupule sans ciment, d’un insert en alliage métallique et d’un insert en polyéthylène hautement réticulé enrichi en vitamine E</t>
+  </si>
+  <si>
+    <t>Corin France S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>EDWARDS SAPIEN 3</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502975/fr/edwards-sapien-3</t>
+  </si>
+  <si>
+    <t>p_3502975</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>13/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498149/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3498149</t>
+  </si>
+  <si>
+    <t>Stryker France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>PK PAPYRUS</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2024 15:42:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486042/fr/pk-papyrus</t>
+  </si>
+  <si>
+    <t>p_3486042</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) couverte de polyuréthane</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SALTO TALARIS</t>
+  </si>
+  <si>
+    <t>17/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2020 13:49:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223294/fr/salto-talaris</t>
+  </si>
+  <si>
+    <t>p_3223294</t>
+  </si>
+  <si>
+    <t>TORNIER</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187855/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3187855</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France / LDR Médical</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>STRATOS (sans ciment)</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906939/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2906939</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène conventionnel</t>
+  </si>
+  <si>
+    <t>SCIENCE ET MEDECINE S.A.S</t>
+  </si>
+  <si>
+    <t>ELUNIR</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902384/fr/elunir</t>
+  </si>
+  <si>
+    <t>c_2902384</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de ridaforolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH FRANCE 506 SAS</t>
+  </si>
+  <si>
+    <t>SERENITY</t>
+  </si>
+  <si>
+    <t>12/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2018 17:39:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858345/fr/serenity</t>
+  </si>
+  <si>
+    <t>c_2858345</t>
+  </si>
+  <si>
+    <t>SYMBIOS ORTHOPEDIE S.A.</t>
+  </si>
+  <si>
+    <t>03/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2018 16:57:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844350/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2844350</t>
+  </si>
+  <si>
+    <t>06/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2018 12:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831916/fr/serenity</t>
+  </si>
+  <si>
+    <t>c_2831916</t>
+  </si>
+  <si>
+    <t>FIXA DUPLEX (sans ciment)</t>
+  </si>
+  <si>
+    <t>23/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2018 10:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823779/fr/fixa-duplex-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2823779</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène conventionnel ou en polyéthylène hautement réticulé</t>
+  </si>
+  <si>
+    <t>ADLER ORTHO SRL</t>
+  </si>
+  <si>
+    <t>OXINIUM (tête fémorale)</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : tête fémorale</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2016 09:23:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634276/fr/oxinium-tete-femorale</t>
+  </si>
+  <si>
+    <t>c_2634276</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew Orthopaedics France SAS</t>
+  </si>
+  <si>
+    <t>NEXGEN</t>
+  </si>
+  <si>
+    <t>Implant fémoral</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023894/fr/nexgen</t>
+  </si>
+  <si>
+    <t>c_2023894</t>
+  </si>
+  <si>
+    <t>ZIMMER FRANCE</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726953/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_1726953</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>METASUL</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : insert et tête fémorale</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2013 18:38:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670243/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_1670243</t>
+  </si>
+  <si>
+    <t>PINNACLE ULTAMET -  20 mars 2012 (4221) avis</t>
+  </si>
+  <si>
+    <t>20/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2013 17:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228125/fr/pinnacle-ultamet-20-mars-2012-4221-avis</t>
+  </si>
+  <si>
+    <t>c_1228125</t>
+  </si>
+  <si>
+    <t>DePuy France</t>
+  </si>
+  <si>
+    <t>METASUL, couple de frottement métal-métal pour prothèse totale de hanche conventionnelle</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369081/fr/metasul-couple-de-frottement-metal-metal-pour-prothese-totale-de-hanche-conventionnelle</t>
+  </si>
+  <si>
+    <t>c_1369081</t>
+  </si>
+  <si>
+    <t>ZIMMER GmbH</t>
+  </si>
+  <si>
+    <t>RECAP MAGNUM, prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544725/fr/recap-magnum-prothese-totale-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1544725</t>
+  </si>
+  <si>
+    <t>BIOMET Inc.</t>
+  </si>
+  <si>
+    <t>M2A MAGNUM, couple de frottement métal-métal pour prothèse totale de hanche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544735/fr/m2a-magnum-couple-de-frottement-metal-metal-pour-prothese-totale-de-hanche</t>
+  </si>
+  <si>
+    <t>c_1544735</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS, prothèse de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614973/fr/conserve-plus-prothese-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614973</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL FRANCE</t>
+  </si>
+  <si>
+    <t>BHR, prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1614977/fr/bhr-prothese-totale-de-hanche-de-resurfacage</t>
+  </si>
+  <si>
+    <t>c_1614977</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW Inc.</t>
+  </si>
+  <si>
+    <t>Prothèse TMJ, prothèse totale de l'articulation temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>25/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615362/fr/prothese-tmj-prothese-totale-de-l-articulation-temporo-mandibullaire</t>
+  </si>
+  <si>
+    <t>c_1615362</t>
+  </si>
+  <si>
+    <t>BIOMET FRANCE SARL</t>
+  </si>
+  <si>
+    <t>Avis général IMPLANTS ARTICULAIRES DU COUDE - 11 septembre 2012 (2417) avis</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2012 17:51:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311343/fr/avis-general-implants-articulaires-du-coude-11-septembre-2012-2417-avis</t>
+  </si>
+  <si>
+    <t>c_1311343</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>AFX -  20 mars 2012 (4238) avis</t>
+  </si>
+  <si>
+    <t>28/03/2012 18:46:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228288/fr/afx-20-mars-2012-4238-avis</t>
+  </si>
+  <si>
+    <t>c_1228288</t>
+  </si>
+  <si>
+    <t>Endologix International BV</t>
+  </si>
+  <si>
+    <t>BHR - 27 septembre 2011 (3267) avis</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054314/fr/bhr-27-septembre-2011-3267-avis</t>
+  </si>
+  <si>
+    <t>c_1054314</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>RM CLASSIC &amp; PRESSFIT - 17 mai 2011 (3676) avis</t>
+  </si>
+  <si>
+    <t>17/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2011 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046307/fr/rm-classic-pressfit-17-mai-2011-3676-avis</t>
+  </si>
+  <si>
+    <t>c_1046307</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S (France)</t>
+  </si>
+  <si>
+    <t>CONSERVE PLUS - 05 avril 2011 (3591) avis</t>
+  </si>
+  <si>
+    <t>05/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036389/fr/conserve-plus-05-avril-2011-3591-avis</t>
+  </si>
+  <si>
+    <t>c_1036389</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>PRO KINETIC - 14 septembre 2010 (2834) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980893/fr/pro-kinetic-14-septembre-2010-2834-avis</t>
+  </si>
+  <si>
+    <t>c_980893</t>
+  </si>
+  <si>
+    <t>BIOTRONIK France</t>
+  </si>
+  <si>
+    <t>HINTEGRA - 13 juillet 2010 (2381) avis</t>
+  </si>
+  <si>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2010 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961940/fr/hintegra-13-juillet-2010-2381-avis</t>
+  </si>
+  <si>
+    <t>c_961940</t>
+  </si>
+  <si>
+    <t>NEWDEAL SAS France</t>
+  </si>
+  <si>
+    <t>PRO KINETIC ENERGY - CNEDiMTS du 23 février 2010 (2461)</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928452/fr/pro-kinetic-energy-cnedimts-du-23-fevrier-2010-2461</t>
+  </si>
+  <si>
+    <t>c_928452</t>
+  </si>
+  <si>
+    <t>DUROM</t>
+  </si>
+  <si>
+    <t>17/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749170/fr/durom</t>
+  </si>
+  <si>
+    <t>c_749170</t>
+  </si>
+  <si>
+    <t>ZIMMER France</t>
+  </si>
+  <si>
+    <t>17/02/2009 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749178/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_749178</t>
+  </si>
+  <si>
+    <t>MAVERICK</t>
+  </si>
+  <si>
+    <t>24/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694417/fr/maverick</t>
+  </si>
+  <si>
+    <t>c_694417</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France</t>
+  </si>
+  <si>
+    <t>24/06/2008 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676088/fr/bhr</t>
+  </si>
+  <si>
+    <t>c_676088</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW</t>
+  </si>
+  <si>
+    <t>ASR XL HEAD</t>
+  </si>
+  <si>
+    <t>24/06/2008 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676089/fr/asr-xl-head</t>
+  </si>
+  <si>
+    <t>c_676089</t>
+  </si>
+  <si>
+    <t>DEPUY France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671429/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_671429</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>CONSERVE TOTAL</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664081/fr/conserve-total</t>
+  </si>
+  <si>
+    <t>c_664081</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL France</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>PINNACLE ULTAMET</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2007 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_599376/fr/pinnacle-ultamet</t>
+  </si>
+  <si>
+    <t>c_599376</t>
+  </si>
+  <si>
+    <t>DEPUY (France)</t>
+  </si>
+  <si>
+    <t>METAMYS</t>
+  </si>
+  <si>
+    <t>17/10/2007 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598653/fr/metamys</t>
+  </si>
+  <si>
+    <t>c_598653</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>RECAP/MAGNUM</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2007 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596268/fr/recap/magnum</t>
+  </si>
+  <si>
+    <t>c_596268</t>
+  </si>
+  <si>
+    <t>BIOMET (France</t>
+  </si>
+  <si>
+    <t>M2A/MAGNUM</t>
+  </si>
+  <si>
+    <t>03/10/2007 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596269/fr/m2a/magnum</t>
+  </si>
+  <si>
+    <t>c_596269</t>
+  </si>
+  <si>
+    <t>BIOMET (France)</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>CARBOSTENT CHRONO</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572487/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_572487</t>
+  </si>
+  <si>
+    <t>SORIN Group France SA</t>
+  </si>
+  <si>
+    <t>PROMUS</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572582/fr/promus</t>
+  </si>
+  <si>
+    <t>c_572582</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2006 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477938/fr/pinnacle-ultamet</t>
+  </si>
+  <si>
+    <t>c_477938</t>
+  </si>
+  <si>
+    <t>DEPUY FRANCE</t>
+  </si>
+  <si>
+    <t>PRO-KINETIC</t>
+  </si>
+  <si>
+    <t>12/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2006 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451211/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_451211</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450450/fr/carbostent-chrono</t>
+  </si>
+  <si>
+    <t>c_450450</t>
+  </si>
+  <si>
+    <t>SORIN Group France</t>
+  </si>
+  <si>
+    <t>IMPLANT FEMORAL EN OXYDE DE ZIRCONIUM</t>
+  </si>
+  <si>
+    <t>09/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398569/fr/implant-femoral-en-oxyde-de-zirconium</t>
+  </si>
+  <si>
+    <t>c_398569</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>17/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398617/fr/metasul</t>
+  </si>
+  <si>
+    <t>c_398617</t>
+  </si>
+  <si>
+    <t>CENTERPULSE France SA</t>
+  </si>
+  <si>
+    <t>POWERLINK</t>
+  </si>
+  <si>
+    <t>26/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398706/fr/powerlink</t>
+  </si>
+  <si>
+    <t>c_398706</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398721/fr/powerlink</t>
+  </si>
+  <si>
+    <t>c_398721</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398729/fr/pro-kinetic</t>
+  </si>
+  <si>
+    <t>c_398729</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’ablation unilatérale de cibles cérébrales en condition stéréotaxique à l’aide d’ultrasons focalisés guidés par IRM (MRgFUS)</t>
+  </si>
+  <si>
+    <t>Tremblement essentiel (TE), résistant aux médicaments, thalamothomie par ultrasons focalisés guidés par IRM (MRgFUS), stimulation cérébrale profonde (SCP), sévérité des tremblements, qualité de vie</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 11:52:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520474/fr/evaluation-de-l-ablation-unilaterale-de-cibles-cerebrales-en-condition-stereotaxique-a-l-aide-d-ultrasons-focalises-guides-par-irm-mrgfus</t>
+  </si>
+  <si>
+    <t>p_3520474</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Hip implants – November 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Implants du rachis - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage a pour objectifs : de préciser le contexte et les objectifs de l’évaluation ; de présenter la méthode de travail retenue et le calendrier prévisionnel.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242588/fr/implants-du-rachis-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1242588</t>
+  </si>
+  <si>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Implants articulaires de genou</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de genou en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, des modalités d’utilisation et de prescription. A l'appui de cette réévaluation, en réponse à une saisine de la HAS concernant certains actes pris en charge par l’Assurance maladie parmi lesquels l'arthroplastie du genou, un document spécifique a été produit. Il reprend et développe, à partir du rapport d’évaluation et de l’avis de la CNEDiMTS sur les implants articulaires de genou : - critères pour la décision d’arthroplastie du genou - éléments intervenant dans le choix du type de prothèse - stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>21/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345397/fr/implants-articulaires-de-genou</t>
+  </si>
+  <si>
+    <t>c_1345397</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>07/01/2009 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 10 mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337880/fr/cnedimts-du-10-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337880</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 mars 2020</t>
+  </si>
+  <si>
+    <t>19/03/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165437/fr/cnedimts-reunion-du-24-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3165437</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 octobre 2019</t>
+  </si>
+  <si>
+    <t>15/10/2019 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113023/fr/cnedimts-reunion-du-22-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113023</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 08 octobre 2019</t>
+  </si>
+  <si>
+    <t>04/10/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108920/fr/cnedimts-reunion-du-08-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3108920</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067806/fr/cnedimts-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3067806</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 octobre 2018</t>
+  </si>
+  <si>
+    <t>22/10/2018 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879545/fr/cnedimts-reunion-du-23-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2879545</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1701881</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZINC-NICKEL-COBALT OLIGOSOL (gluconate de zinc, gluconate de nickel, gluconate de cobalt)</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985688/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
+  </si>
+  <si>
+    <t>pprd_2985688</t>
+  </si>
+  <si>
+    <t>gluconate de zinc,luconate de nickel,gluconate de cobalt</t>
+  </si>
+  <si>
+    <t>LABCATAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400606/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
+  </si>
+  <si>
+    <t>TROPHYSAN L (L-Tryptophane/ L-Arginine chlorhydrate/ L-Isoleucine/ L-Thréonine/ L-Phénylalanine/ L-Valine/ L-Leucine/ L-Méthionine/ L-Lysine chlorhydrate/ Glycine/ Pyridoxine chlorhydrate/ Acide ascorbique/ Nicotinamide/ Chlorure de cobalt hexahydraté/ Chlorure de manganèse tétrahydraté/ Bicarbonate de potassium/ Chlorure de potassium/ Chlorure de sodium, Inositol/ Sorbitol)</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985701/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>pprd_2985701</t>
+  </si>
+  <si>
+    <t>L-Tryptophane,L-Arginine chlorhydrate,L-Isoleucine,L-Thréonine,L-Phénylalanine,L-Valine,L-Leucine,L-Méthionine,L-Lysine chlorhydrate,Glycine,Pyridoxine chlorhydrate,Acide ascorbique,Nicotinamide,Chlorure de cobalt hexahydraté,Chlorure de manganèse tétrahydraté,Bicarbonate de potassium,Chlorure de potassium,Chlorure de sodium,Inositol,Sorbitol</t>
+  </si>
+  <si>
+    <t>BAXTER/clintec parentérale SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400576/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>NONAN (cobalt/ cuivre/ fer/ fluor/ iode/ manganèse/ molybdène/ sélénium/ zinc)</t>
+  </si>
+  <si>
+    <t>19/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986062/fr/nonan-cobalt/-cuivre/-fer/-fluor/-iode/-manganese/-molybdene/-selenium/-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2986062</t>
+  </si>
+  <si>
+    <t>cobalt,cuivre,fer,fluor,iode,manganèse,molybdène,sélénium,zinc</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J68"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
+        <v>52</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I8" t="s">
+        <v>59</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9" t="s">
+        <v>65</v>
+      </c>
+      <c r="I9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>72</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+      <c r="I11" t="s">
+        <v>38</v>
+      </c>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12" t="s">
+        <v>84</v>
+      </c>
+      <c r="I12" t="s">
+        <v>85</v>
+      </c>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>89</v>
+      </c>
+      <c r="H13" t="s">
+        <v>90</v>
+      </c>
+      <c r="I13" t="s">
+        <v>91</v>
+      </c>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+      <c r="I14" t="s">
+        <v>98</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+      <c r="I15" t="s">
+        <v>104</v>
+      </c>
+      <c r="J15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>108</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>109</v>
+      </c>
+      <c r="H16" t="s">
+        <v>110</v>
+      </c>
+      <c r="I16" t="s">
+        <v>111</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" t="s">
+        <v>117</v>
+      </c>
+      <c r="I17" t="s">
+        <v>98</v>
+      </c>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" t="s">
+        <v>122</v>
+      </c>
+      <c r="I18" t="s">
+        <v>98</v>
+      </c>
+      <c r="J18" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" t="s">
+        <v>125</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19" t="s">
+        <v>127</v>
+      </c>
+      <c r="I19" t="s">
+        <v>98</v>
+      </c>
+      <c r="J19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>131</v>
+      </c>
+      <c r="H20" t="s">
+        <v>132</v>
+      </c>
+      <c r="I20" t="s">
+        <v>133</v>
+      </c>
+      <c r="J20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>137</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>138</v>
+      </c>
+      <c r="H21" t="s">
+        <v>139</v>
+      </c>
+      <c r="I21" t="s">
+        <v>140</v>
+      </c>
+      <c r="J21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>144</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>145</v>
+      </c>
+      <c r="H22" t="s">
+        <v>146</v>
+      </c>
+      <c r="I22" t="s">
+        <v>133</v>
+      </c>
+      <c r="J22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>148</v>
+      </c>
+      <c r="E23" t="s">
+        <v>149</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>150</v>
+      </c>
+      <c r="H23" t="s">
+        <v>151</v>
+      </c>
+      <c r="I23" t="s">
+        <v>133</v>
+      </c>
+      <c r="J23" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>152</v>
+      </c>
+      <c r="E24" t="s">
+        <v>153</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>154</v>
+      </c>
+      <c r="H24" t="s">
+        <v>155</v>
+      </c>
+      <c r="I24" t="s">
+        <v>133</v>
+      </c>
+      <c r="J24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>157</v>
+      </c>
+      <c r="E25" t="s">
+        <v>158</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>159</v>
+      </c>
+      <c r="H25" t="s">
+        <v>160</v>
+      </c>
+      <c r="I25" t="s">
+        <v>161</v>
+      </c>
+      <c r="J25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" t="s">
+        <v>164</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
+        <v>166</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>167</v>
+      </c>
+      <c r="H26" t="s">
+        <v>168</v>
+      </c>
+      <c r="I26" t="s">
+        <v>164</v>
+      </c>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>171</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>173</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>174</v>
+      </c>
+      <c r="H27" t="s">
+        <v>175</v>
+      </c>
+      <c r="I27" t="s">
+        <v>171</v>
+      </c>
+      <c r="J27" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" t="s">
+        <v>177</v>
+      </c>
+      <c r="E28" t="s">
+        <v>178</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>179</v>
+      </c>
+      <c r="H28" t="s">
+        <v>180</v>
+      </c>
+      <c r="I28" t="s">
+        <v>85</v>
+      </c>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>183</v>
+      </c>
+      <c r="D29" t="s">
+        <v>184</v>
+      </c>
+      <c r="E29" t="s">
+        <v>185</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>186</v>
+      </c>
+      <c r="H29" t="s">
+        <v>187</v>
+      </c>
+      <c r="I29" t="s">
+        <v>183</v>
+      </c>
+      <c r="J29" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>188</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>189</v>
+      </c>
+      <c r="E30" t="s">
+        <v>190</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>191</v>
+      </c>
+      <c r="H30" t="s">
+        <v>192</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>195</v>
+      </c>
+      <c r="E31" t="s">
+        <v>190</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>196</v>
+      </c>
+      <c r="H31" t="s">
+        <v>197</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>200</v>
+      </c>
+      <c r="E32" t="s">
+        <v>190</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>201</v>
+      </c>
+      <c r="H32" t="s">
+        <v>202</v>
+      </c>
+      <c r="I32" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>204</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>200</v>
+      </c>
+      <c r="E33" t="s">
+        <v>190</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>205</v>
+      </c>
+      <c r="H33" t="s">
+        <v>206</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>207</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>208</v>
+      </c>
+      <c r="E34" t="s">
+        <v>190</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>209</v>
+      </c>
+      <c r="H34" t="s">
+        <v>210</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>208</v>
+      </c>
+      <c r="E35" t="s">
+        <v>190</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>213</v>
+      </c>
+      <c r="H35" t="s">
+        <v>214</v>
+      </c>
+      <c r="I35" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>216</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>217</v>
+      </c>
+      <c r="E36" t="s">
+        <v>190</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>218</v>
+      </c>
+      <c r="H36" t="s">
+        <v>219</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>221</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>222</v>
+      </c>
+      <c r="E37" t="s">
+        <v>223</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>224</v>
+      </c>
+      <c r="H37" t="s">
+        <v>225</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>189</v>
+      </c>
+      <c r="E38" t="s">
+        <v>228</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>229</v>
+      </c>
+      <c r="H38" t="s">
+        <v>230</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>233</v>
+      </c>
+      <c r="E39" t="s">
+        <v>234</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>235</v>
+      </c>
+      <c r="H39" t="s">
+        <v>236</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>238</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" t="s">
+        <v>240</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>241</v>
+      </c>
+      <c r="H40" t="s">
+        <v>242</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>244</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>245</v>
+      </c>
+      <c r="E41" t="s">
+        <v>246</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>247</v>
+      </c>
+      <c r="H41" t="s">
+        <v>248</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>250</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>251</v>
+      </c>
+      <c r="E42" t="s">
+        <v>252</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>253</v>
+      </c>
+      <c r="H42" t="s">
+        <v>254</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>256</v>
+      </c>
+      <c r="C43" t="s">
+        <v>38</v>
+      </c>
+      <c r="D43" t="s">
+        <v>257</v>
+      </c>
+      <c r="E43" t="s">
+        <v>258</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>259</v>
+      </c>
+      <c r="H43" t="s">
+        <v>260</v>
+      </c>
+      <c r="I43" t="s">
+        <v>38</v>
+      </c>
+      <c r="J43" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>263</v>
+      </c>
+      <c r="E44" t="s">
+        <v>264</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>265</v>
+      </c>
+      <c r="H44" t="s">
+        <v>266</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>268</v>
+      </c>
+      <c r="E45" t="s">
+        <v>269</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>270</v>
+      </c>
+      <c r="H45" t="s">
+        <v>271</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>268</v>
+      </c>
+      <c r="E46" t="s">
+        <v>273</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>274</v>
+      </c>
+      <c r="H46" t="s">
+        <v>275</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>276</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>277</v>
+      </c>
+      <c r="E47" t="s">
+        <v>278</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>279</v>
+      </c>
+      <c r="H47" t="s">
+        <v>280</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
-[...9 lines deleted...]
-        <v>43</v>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>277</v>
+      </c>
+      <c r="E48" t="s">
+        <v>282</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>283</v>
+      </c>
+      <c r="H48" t="s">
+        <v>284</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>286</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>277</v>
+      </c>
+      <c r="E49" t="s">
+        <v>287</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>288</v>
+      </c>
+      <c r="H49" t="s">
+        <v>289</v>
+      </c>
+      <c r="I49" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>291</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>292</v>
+      </c>
+      <c r="E50" t="s">
+        <v>293</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>294</v>
+      </c>
+      <c r="H50" t="s">
+        <v>295</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>297</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>298</v>
+      </c>
+      <c r="E51" t="s">
+        <v>299</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>300</v>
+      </c>
+      <c r="H51" t="s">
+        <v>301</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>291</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>303</v>
+      </c>
+      <c r="E52" t="s">
+        <v>304</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>305</v>
+      </c>
+      <c r="H52" t="s">
+        <v>306</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>307</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>308</v>
+      </c>
+      <c r="E53" t="s">
+        <v>309</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>310</v>
+      </c>
+      <c r="H53" t="s">
+        <v>311</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>313</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>308</v>
+      </c>
+      <c r="E54" t="s">
+        <v>314</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>315</v>
+      </c>
+      <c r="H54" t="s">
+        <v>316</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>319</v>
+      </c>
+      <c r="E55" t="s">
+        <v>320</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>321</v>
+      </c>
+      <c r="H55" t="s">
+        <v>322</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>324</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>319</v>
+      </c>
+      <c r="E56" t="s">
+        <v>325</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>326</v>
+      </c>
+      <c r="H56" t="s">
+        <v>327</v>
+      </c>
+      <c r="I56" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>329</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>330</v>
+      </c>
+      <c r="E57" t="s">
+        <v>331</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>332</v>
+      </c>
+      <c r="H57" t="s">
+        <v>333</v>
+      </c>
+      <c r="I57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>335</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>336</v>
+      </c>
+      <c r="E58" t="s">
+        <v>337</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>338</v>
+      </c>
+      <c r="H58" t="s">
+        <v>339</v>
+      </c>
+      <c r="I58" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>341</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>342</v>
+      </c>
+      <c r="E59" t="s">
+        <v>343</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>344</v>
+      </c>
+      <c r="H59" t="s">
+        <v>345</v>
+      </c>
+      <c r="I59" t="s">
+        <v>12</v>
+      </c>
+      <c r="J59" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>347</v>
+      </c>
+      <c r="E60" t="s">
+        <v>348</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>349</v>
+      </c>
+      <c r="H60" t="s">
+        <v>350</v>
+      </c>
+      <c r="I60" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>352</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>353</v>
+      </c>
+      <c r="E61" t="s">
+        <v>354</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>355</v>
+      </c>
+      <c r="H61" t="s">
+        <v>356</v>
+      </c>
+      <c r="I61" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>335</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>357</v>
+      </c>
+      <c r="E62" t="s">
+        <v>358</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>359</v>
+      </c>
+      <c r="H62" t="s">
+        <v>360</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>362</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>363</v>
+      </c>
+      <c r="E63" t="s">
+        <v>363</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>364</v>
+      </c>
+      <c r="H63" t="s">
+        <v>365</v>
+      </c>
+      <c r="I63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>182</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>367</v>
+      </c>
+      <c r="E64" t="s">
+        <v>367</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>368</v>
+      </c>
+      <c r="H64" t="s">
+        <v>369</v>
+      </c>
+      <c r="I64" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>371</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>372</v>
+      </c>
+      <c r="E65" t="s">
+        <v>372</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>373</v>
+      </c>
+      <c r="H65" t="s">
+        <v>374</v>
+      </c>
+      <c r="I65" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>371</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>375</v>
+      </c>
+      <c r="E66" t="s">
+        <v>375</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>376</v>
+      </c>
+      <c r="H66" t="s">
+        <v>377</v>
+      </c>
+      <c r="I66" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>352</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>378</v>
+      </c>
+      <c r="E67" t="s">
+        <v>378</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>379</v>
+      </c>
+      <c r="H67" t="s">
+        <v>380</v>
+      </c>
+      <c r="I67" t="s">
+        <v>12</v>
+      </c>
+      <c r="J67" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>291</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>381</v>
+      </c>
+      <c r="E68" t="s">
+        <v>381</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>382</v>
+      </c>
+      <c r="H68" t="s">
+        <v>383</v>
+      </c>
+      <c r="I68" t="s">
+        <v>12</v>
+      </c>
+      <c r="J68" t="s">
+        <v>296</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>384</v>
+      </c>
+      <c r="B2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D2" t="s">
+        <v>387</v>
+      </c>
+      <c r="E2" t="s">
+        <v>388</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>389</v>
+      </c>
+      <c r="H2" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>391</v>
+      </c>
+      <c r="B2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C2" t="s">
+        <v>393</v>
+      </c>
+      <c r="D2" t="s">
+        <v>394</v>
+      </c>
+      <c r="E2" t="s">
+        <v>395</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>396</v>
+      </c>
+      <c r="H2" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C3" t="s">
+        <v>399</v>
+      </c>
+      <c r="D3" t="s">
+        <v>400</v>
+      </c>
+      <c r="E3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>402</v>
+      </c>
+      <c r="H3" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B4" t="s">
+        <v>404</v>
+      </c>
+      <c r="C4" t="s">
+        <v>405</v>
+      </c>
+      <c r="D4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E4" t="s">
+        <v>407</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>408</v>
+      </c>
+      <c r="H4" t="s">
+        <v>409</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>410</v>
+      </c>
+      <c r="B2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D2" t="s">
+        <v>413</v>
+      </c>
+      <c r="E2" t="s">
+        <v>414</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>415</v>
+      </c>
+      <c r="H2" t="s">
+        <v>416</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>417</v>
+      </c>
+      <c r="B2" t="s">
+        <v>418</v>
+      </c>
+      <c r="C2" t="s">
+        <v>419</v>
+      </c>
+      <c r="D2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E2" t="s">
+        <v>421</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>422</v>
+      </c>
+      <c r="H2" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C3" t="s">
+        <v>425</v>
+      </c>
+      <c r="D3" t="s">
+        <v>426</v>
+      </c>
+      <c r="E3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>428</v>
+      </c>
+      <c r="H3" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>417</v>
+      </c>
+      <c r="B4" t="s">
+        <v>430</v>
+      </c>
+      <c r="C4" t="s">
+        <v>431</v>
+      </c>
+      <c r="D4" t="s">
+        <v>432</v>
+      </c>
+      <c r="E4" t="s">
+        <v>433</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>434</v>
+      </c>
+      <c r="H4" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>417</v>
+      </c>
+      <c r="B5" t="s">
+        <v>436</v>
+      </c>
+      <c r="C5" t="s">
+        <v>437</v>
+      </c>
+      <c r="D5" t="s">
+        <v>438</v>
+      </c>
+      <c r="E5" t="s">
+        <v>439</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>440</v>
+      </c>
+      <c r="H5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>417</v>
+      </c>
+      <c r="B6" t="s">
+        <v>442</v>
+      </c>
+      <c r="C6" t="s">
+        <v>443</v>
+      </c>
+      <c r="D6" t="s">
+        <v>444</v>
+      </c>
+      <c r="E6" t="s">
+        <v>445</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>446</v>
+      </c>
+      <c r="H6" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>417</v>
+      </c>
+      <c r="B7" t="s">
+        <v>448</v>
+      </c>
+      <c r="C7" t="s">
+        <v>449</v>
+      </c>
+      <c r="D7" t="s">
+        <v>450</v>
+      </c>
+      <c r="E7" t="s">
+        <v>451</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>452</v>
+      </c>
+      <c r="H7" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>417</v>
+      </c>
+      <c r="B8" t="s">
+        <v>454</v>
+      </c>
+      <c r="C8" t="s">
+        <v>455</v>
+      </c>
+      <c r="D8" t="s">
+        <v>456</v>
+      </c>
+      <c r="E8" t="s">
+        <v>457</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>458</v>
+      </c>
+      <c r="H8" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>417</v>
+      </c>
+      <c r="B9" t="s">
+        <v>460</v>
+      </c>
+      <c r="C9" t="s">
+        <v>461</v>
+      </c>
+      <c r="D9" t="s">
+        <v>462</v>
+      </c>
+      <c r="E9" t="s">
+        <v>463</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>464</v>
+      </c>
+      <c r="H9" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>417</v>
+      </c>
+      <c r="B10" t="s">
+        <v>466</v>
+      </c>
+      <c r="C10" t="s">
+        <v>467</v>
+      </c>
+      <c r="D10" t="s">
+        <v>468</v>
+      </c>
+      <c r="E10" t="s">
+        <v>469</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>470</v>
+      </c>
+      <c r="H10" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>417</v>
+      </c>
+      <c r="B11" t="s">
+        <v>472</v>
+      </c>
+      <c r="C11" t="s">
+        <v>473</v>
+      </c>
+      <c r="D11" t="s">
+        <v>474</v>
+      </c>
+      <c r="E11" t="s">
+        <v>475</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>476</v>
+      </c>
+      <c r="H11" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>417</v>
+      </c>
+      <c r="B12" t="s">
+        <v>478</v>
+      </c>
+      <c r="C12" t="s">
+        <v>479</v>
+      </c>
+      <c r="D12" t="s">
+        <v>480</v>
+      </c>
+      <c r="E12" t="s">
+        <v>481</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>482</v>
+      </c>
+      <c r="H12" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>417</v>
+      </c>
+      <c r="B13" t="s">
+        <v>484</v>
+      </c>
+      <c r="C13" t="s">
+        <v>485</v>
+      </c>
+      <c r="D13" t="s">
+        <v>486</v>
+      </c>
+      <c r="E13" t="s">
+        <v>487</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>488</v>
+      </c>
+      <c r="H13" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>417</v>
+      </c>
+      <c r="B14" t="s">
+        <v>490</v>
+      </c>
+      <c r="C14" t="s">
+        <v>491</v>
+      </c>
+      <c r="D14" t="s">
+        <v>222</v>
+      </c>
+      <c r="E14" t="s">
+        <v>492</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>493</v>
+      </c>
+      <c r="H14" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>417</v>
+      </c>
+      <c r="B15" t="s">
+        <v>495</v>
+      </c>
+      <c r="C15" t="s">
+        <v>496</v>
+      </c>
+      <c r="D15" t="s">
+        <v>497</v>
+      </c>
+      <c r="E15" t="s">
+        <v>498</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>499</v>
+      </c>
+      <c r="H15" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>417</v>
+      </c>
+      <c r="B16" t="s">
+        <v>501</v>
+      </c>
+      <c r="C16" t="s">
+        <v>502</v>
+      </c>
+      <c r="D16" t="s">
+        <v>503</v>
+      </c>
+      <c r="E16" t="s">
+        <v>504</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>505</v>
+      </c>
+      <c r="H16" t="s">
+        <v>506</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>511</v>
+      </c>
+      <c r="H2" t="s">
+        <v>512</v>
+      </c>
+      <c r="I2" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>516</v>
+      </c>
+      <c r="H3" t="s">
+        <v>517</v>
+      </c>
+      <c r="I3" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>508</v>
+      </c>
+      <c r="B4" t="s">
+        <v>518</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>519</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>520</v>
+      </c>
+      <c r="H4" t="s">
+        <v>521</v>
+      </c>
+      <c r="I4" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>508</v>
+      </c>
+      <c r="B5" t="s">
+        <v>522</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>523</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>524</v>
+      </c>
+      <c r="H5" t="s">
+        <v>525</v>
+      </c>
+      <c r="I5" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>508</v>
+      </c>
+      <c r="B6" t="s">
+        <v>526</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>527</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>528</v>
+      </c>
+      <c r="H6" t="s">
+        <v>529</v>
+      </c>
+      <c r="I6" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>508</v>
+      </c>
+      <c r="B7" t="s">
+        <v>530</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>531</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>532</v>
+      </c>
+      <c r="H7" t="s">
+        <v>533</v>
+      </c>
+      <c r="I7" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>508</v>
+      </c>
+      <c r="B8" t="s">
+        <v>534</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>535</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>536</v>
+      </c>
+      <c r="H8" t="s">
+        <v>537</v>
+      </c>
+      <c r="I8" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>508</v>
+      </c>
+      <c r="B9" t="s">
+        <v>538</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>539</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>540</v>
+      </c>
+      <c r="H9" t="s">
+        <v>541</v>
+      </c>
+      <c r="I9" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>508</v>
+      </c>
+      <c r="B10" t="s">
+        <v>542</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>543</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>544</v>
+      </c>
+      <c r="H10" t="s">
+        <v>545</v>
+      </c>
+      <c r="I10" t="s">
+        <v>513</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>546</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>548</v>
+      </c>
+      <c r="B2" t="s">
+        <v>549</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>550</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>551</v>
+      </c>
+      <c r="H2" t="s">
+        <v>552</v>
+      </c>
+      <c r="I2" t="s">
+        <v>553</v>
+      </c>
+      <c r="J2" t="s">
+        <v>554</v>
+      </c>
+      <c r="K2" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>548</v>
+      </c>
+      <c r="B3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>558</v>
+      </c>
+      <c r="H3" t="s">
+        <v>559</v>
+      </c>
+      <c r="I3" t="s">
+        <v>560</v>
+      </c>
+      <c r="J3" t="s">
+        <v>561</v>
+      </c>
+      <c r="K3" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>548</v>
+      </c>
+      <c r="B4" t="s">
+        <v>563</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>564</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>565</v>
+      </c>
+      <c r="H4" t="s">
+        <v>566</v>
+      </c>
+      <c r="I4" t="s">
+        <v>567</v>
+      </c>
+      <c r="J4" t="s">
+        <v>568</v>
+      </c>
+      <c r="K4" t="s">
+        <v>569</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>