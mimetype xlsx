--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,201 +1,738 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’ézétimibe (Ezetrol® ou Inegy®) dans l’hypercholestérolémie ?</t>
+  </si>
+  <si>
+    <t>Évaluer l’effet d’une statine à dose appropriée avant d’associer l’ézétimibe. L’ézétimibe (Ezetrol® [ézétimine seul] ou Inegy® [en association fixe à la simvastatine]) est un inhibiteur de l’absorption intestinale du cholestérol. Son association à une statine est envisageable pour réduire une hypercholestérolémie en cas d’efficacité insuffisante de la statine seule malgré une bonne observance, une posologie appropriée et un régime alimentaire bien suivi.</t>
+  </si>
+  <si>
+    <t>01/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440017/fr/quelle-place-pour-l-ezetimibe-ezetrol-ou-inegy-dans-l-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>r_1440017</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>QUESTRAN (colestyramine)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983297/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>pprd_2983297</t>
+  </si>
+  <si>
+    <t>colestyramine</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603060/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352557/fr/questran-colestyramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848090/fr/questran-colestyramine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
+      </c>
+      <c r="J2" t="s">
+        <v>61</v>
+      </c>
+      <c r="K2" t="s">
+        <v>62</v>
+      </c>
+      <c r="L2" t="s">
+        <v>63</v>
+      </c>
+      <c r="M2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>