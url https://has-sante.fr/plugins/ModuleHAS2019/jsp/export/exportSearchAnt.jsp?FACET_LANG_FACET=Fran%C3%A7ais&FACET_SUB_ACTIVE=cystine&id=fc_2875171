--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,152 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>02/03/2020 10:20:00</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 décembre 2017</t>
+  </si>
+  <si>
+    <t>07/12/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810619/fr/commission-de-la-transparence-reunion-du-13-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2810619</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Collège délibératif du  23 novembre 2016</t>
+  </si>
+  <si>
+    <t>18/11/2016 08:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2723914/fr/college-deliberatif-du-23-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2723914</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2016.0070/AC/SEM du 23 novembre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité CYSTADROPS (Mercaptamine)</t>
+  </si>
+  <si>
+    <t>L’indication proposée par le CHMP est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité CYSTADROPS.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>23/11/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>21/02/2017 11:35:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746621/fr/avis-n-2016-0070/ac/sem-du-23-novembre-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-cystadrops-mercaptamine</t>
+  </si>
+  <si>
+    <t>c_2746621</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CYSTINE B6 BAILLEUL (cystine/ pyridoxine)</t>
+  </si>
+  <si>
+    <t>15/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985786/fr/cystine-b6-bailleul-cystine/-pyridoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985786</t>
+  </si>
+  <si>
+    <t>cystine,pyridoxine</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400432/fr/cystine-b6-bailleul-cystine/-pyridoxine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +441,709 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>72</v>
+      </c>
+      <c r="H6" t="s">
+        <v>73</v>
+      </c>
+      <c r="I6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+      <c r="I7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+      <c r="I8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+      <c r="J1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J2" t="s">
+        <v>98</v>
+      </c>
+      <c r="K2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>