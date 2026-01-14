--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,251 +1,1440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="145">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035492/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_1035492</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DISULONE (dapsone/ fer (oxalate de))</t>
+  </si>
+  <si>
+    <t>23/01/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982903/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982903</t>
+  </si>
+  <si>
+    <t>dapsone,fer (oxalate de)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713127/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010716/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899328/fr/disulone-dapsone/-fer-oxalate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>84</v>
+      </c>
+      <c r="H17" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>90</v>
+      </c>
+      <c r="E21" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>132</v>
+      </c>
+      <c r="J1" t="s">
+        <v>133</v>
+      </c>
+      <c r="K1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+      <c r="I2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J2" t="s">
+        <v>141</v>
+      </c>
+      <c r="K2" t="s">
+        <v>142</v>
+      </c>
+      <c r="L2" t="s">
+        <v>143</v>
+      </c>
+      <c r="M2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>