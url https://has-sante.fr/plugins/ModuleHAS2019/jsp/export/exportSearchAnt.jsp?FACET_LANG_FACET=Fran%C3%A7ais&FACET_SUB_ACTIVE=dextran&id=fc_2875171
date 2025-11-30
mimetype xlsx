--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,404 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>17/11/2023 10:47:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of oocyte/embryo vitrification and warming procedures - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Haute Autorité de santé (HAS [French National Authority for Health]) has decided to assess oocyte and embryo vitrification and warming procedures in order to be able to rule on the appropriateness of including them in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...125 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>FERRISAT (complexe d'hydroxyde ferrique et de dextran)</t>
   </si>
   <si>
-    <t>08/06/2012 18:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985022/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>06/08/2012 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985022/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
   <si>
     <t>pprd_2985022</t>
   </si>
   <si>
     <t>complexe d'hydroxyde ferrique et de dextran</t>
   </si>
   <si>
     <t>Laboratoire PHARMACOSMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_619547/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1054877/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+    <t>https://www.has-sante.fr/jcms/c_619547/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025866/en/ferrisat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251944/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -425,625 +239,191 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
-[...90 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>36</v>
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>42</v>
-[...309 lines deleted...]
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>87</v>
-[...37 lines deleted...]
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>