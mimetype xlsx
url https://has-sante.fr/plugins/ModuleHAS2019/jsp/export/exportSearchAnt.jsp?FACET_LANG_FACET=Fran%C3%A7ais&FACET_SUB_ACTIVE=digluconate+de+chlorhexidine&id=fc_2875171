--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,191 +1,341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3199528/en/adontex</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2009</t>
+  </si>
+  <si>
+    <t>16/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893706/fr/commission-de-la-transparence-reunion-du-16-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_893706</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CHLORHEXIDINE (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>06/09/2024 09:33:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982841/fr/chlorhexidine-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2982841</t>
+  </si>
+  <si>
+    <t>digluconate de chlorhexidine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES / BIOGARAN / CHEFARO ARDEVAL / H2 PHARMA / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400237/fr/chlorhexidine-chefaro-ardeval-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908450/fr/chlorhexidine-biogaran-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908484/fr/chlorhexidine-mylan-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908496/fr/chlorhexidine-arrow-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302590/fr/chlorhexidine-arrow-0-12-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339982/fr/chlorhexidine-biogaran-digluconate-de-chlorhexidine-infections-buccales-et-soins-post-operatoires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538263/fr/chlorhexidine-liberty-pharma-chlorhexidine-anti-infectieux-pour-traitement-oral-local</t>
+  </si>
+  <si>
+    <t>ADONTEX (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>05/08/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199528/fr/adontex-digluconate-de-chlorhexidine</t>
   </si>
   <si>
     <t>p_3199528</t>
   </si>
   <si>
-    <t>digluconate de chlorhexidine</t>
-[...1 lines deleted...]
-  <si>
     <t>LABORATOIRES PRED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3199395/en/adontex</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3280984/en/adontex-chlorhexidine</t>
+    <t>https://www.has-sante.fr/jcms/p_3199395/fr/adontex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280984/fr/adontex-chlorhexidine</t>
+  </si>
+  <si>
+    <t>PAROEX (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984170/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2984170</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928161/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036552/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617883/fr/paroex-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>THIOVALONE (digluconate de chlorhexidine/ pivalate de tixocortol)</t>
+  </si>
+  <si>
+    <t>10/05/2006 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985538/fr/thiovalone-digluconate-de-chlorhexidine/-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>pprd_2985538</t>
+  </si>
+  <si>
+    <t>digluconate de chlorhexidine,pivalate de tixocortol</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451758/fr/thiovalone-digluconate-de-chlorhexidine/-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399589/fr/thiovalone-suspension-pour-pulverisation-buccale-flacon-de-12-ml-66-doses</t>
+  </si>
+  <si>
+    <t>COLLUNOVAR (digluconate de chlorhexidine)</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985791/fr/collunovar-digluconate-de-chlorhexidine</t>
+  </si>
+  <si>
+    <t>pprd_2985791</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400425/fr/collunovar-digluconate-de-chlorhexidine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -212,122 +362,419 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>16</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>31</v>
+      </c>
+      <c r="J1" t="s">
+        <v>32</v>
+      </c>
+      <c r="K1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>42</v>
+      </c>
+      <c r="M2" t="s">
+        <v>43</v>
+      </c>
+      <c r="N2" t="s">
+        <v>44</v>
+      </c>
+      <c r="O2" t="s">
+        <v>45</v>
+      </c>
+      <c r="P2" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J3" t="s">
+        <v>52</v>
+      </c>
+      <c r="K3" t="s">
+        <v>53</v>
+      </c>
+      <c r="L3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+      <c r="J4" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>73</v>
+      </c>
+      <c r="H6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K6" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>