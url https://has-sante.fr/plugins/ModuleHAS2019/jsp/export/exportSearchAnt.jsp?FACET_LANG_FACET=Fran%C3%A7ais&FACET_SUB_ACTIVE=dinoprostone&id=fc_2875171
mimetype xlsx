--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,204 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2001 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Déclenchement artificiel du travail à partir de 37 semaines d'aménorrhée</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent le déclenchement artificiel du travail en cas de grossesse à terme. Leurs objectifs sont les suivants : Homogénéiser les pratiques en matière de déclenchement artificiel du travail. Identifier les éventuels risques liés au déclenchement artificiel du travail. Définir le contenu de l’information destinée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>02/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666473/fr/declenchement-artificiel-du-travail-a-partir-de-37-semaines-d-amenorrhee</t>
+  </si>
+  <si>
+    <t>c_666473</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>14/03/2018 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834595/fr/commission-de-la-transparence-reunion-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834595</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>