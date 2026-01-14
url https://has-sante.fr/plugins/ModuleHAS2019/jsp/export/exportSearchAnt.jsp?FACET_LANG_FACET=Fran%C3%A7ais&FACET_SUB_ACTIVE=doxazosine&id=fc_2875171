--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,254 +1,904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/01/2003 16:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>IBERIS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644322/fr/iberis</t>
+  </si>
+  <si>
+    <t>p_3644322</t>
+  </si>
+  <si>
+    <t>Cathéter de dénervation rénale</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>REZUM</t>
+  </si>
+  <si>
+    <t>07/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2022 10:57:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344639/fr/rezum</t>
+  </si>
+  <si>
+    <t>p_3344639</t>
+  </si>
+  <si>
+    <t>Kit d’administration pour le traitement de  l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
+  </si>
+  <si>
+    <t>01/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la Sclérose en plaques (ALD 25)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu un avis, avec argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la Sclérose en plaques (ALD 25) : * Alphabloquants</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015746/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-sclerose-en-plaques-ald-25</t>
+  </si>
+  <si>
+    <t>c_1015746</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZOXAN (mésilate de doxazosine)</t>
+  </si>
+  <si>
+    <t>12/11/2019 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984218/fr/zoxan-mesilate-de-doxazosine</t>
+  </si>
+  <si>
+    <t>pprd_2984218</t>
+  </si>
+  <si>
+    <t>mésilate de doxazosine</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400112/fr/zoxan-lp-4-mg-comprime-a-liberation-prolongee-boite-de-28-zoxan-lp-8-mg-comprime-a-liberation-prolongee-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916594/fr/zoxan-mesilate-de-doxazosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608686/fr/zoxan-lp-mesilate-de-doxazosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117823/fr/zoxan-lp-mesilate-de-doxazosine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>65</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>