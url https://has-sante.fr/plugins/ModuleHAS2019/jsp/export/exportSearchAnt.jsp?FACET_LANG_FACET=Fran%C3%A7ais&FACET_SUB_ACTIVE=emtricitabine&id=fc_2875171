--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="274">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -134,65 +134,77 @@
   <si>
     <t>p_3545724</t>
   </si>
   <si>
     <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
   </si>
   <si>
     <t>06/02/2025 00:00:00</t>
   </si>
   <si>
     <t>06/08/2024 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
   </si>
   <si>
     <t>p_3536524</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 10 mai 2023</t>
   </si>
   <si>
     <t>05/05/2023 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433011/fr/commission-de-la-transparence-reunion-du-10-mai-2023</t>
   </si>
   <si>
     <t>p_3433011</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
   </si>
   <si>
     <t>15/09/2021 08:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
   </si>
   <si>
     <t>p_3286370</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
   </si>
   <si>
     <t>09/06/2021 12:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
   </si>
   <si>
     <t>p_3271014</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
@@ -563,69 +575,72 @@
   <si>
     <t>05/03/2014 10:55:00</t>
   </si>
   <si>
     <t>18/03/2014 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1729603/fr/avis-n-2014-0010/ac/sem-du-5-mars-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-tivicay-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
   </si>
   <si>
     <t>c_1729603</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>EFAVIRENZ/EMTRICITABINE/TENOFOVIR DISOPROXIL (éfavirenz/emtricitabine/ténofovir disoproxil)</t>
   </si>
   <si>
-    <t>16/10/2025 12:24:23</t>
+    <t>21/11/2025 09:12:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700397/fr/efavirenz/emtricitabine/tenofovir-disoproxil-efavirenz/emtricitabine/tenofovir-disoproxil</t>
   </si>
   <si>
     <t>p_3700397</t>
   </si>
   <si>
     <t>éfavirenz,emtricitabine,ténofovir disoproxil</t>
   </si>
   <si>
-    <t>BIOGARAN / EG LABO - LABORATOIRES EUROGENERIC</t>
+    <t>BIOGARAN / EG LABO - LABORATOIRES EUROGENERIC / ZENTIVA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700356/fr/efavirenz/emtricitabine/tenofovir-disoproxil-bgr-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700365/fr/efavirenz/emtricitabine/tenofovir-disoproxil-eg-labo-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737867/fr/efavirenz/emtricitabine/tenofovir-disoproxil-zentiva-k-s-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
   </si>
   <si>
     <t>BIKTARVY (emtricitabine/bictégravir sodique/ténofovir alafénamide)</t>
   </si>
   <si>
     <t>14/06/2023 14:15:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983103/fr/biktarvy-emtricitabine/bictegravir-sodique/tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983103</t>
   </si>
   <si>
     <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2873692/fr/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280914/fr/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
   </si>
@@ -1074,51 +1089,51 @@
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I28"/>
+  <dimension ref="A1:I29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1889,716 +1904,748 @@
       <c r="A28" t="s">
         <v>36</v>
       </c>
       <c r="B28" t="s">
         <v>142</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>143</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>144</v>
       </c>
       <c r="H28" t="s">
         <v>145</v>
       </c>
       <c r="I28" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>147</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>148</v>
+      </c>
+      <c r="H29" t="s">
+        <v>149</v>
+      </c>
+      <c r="I29" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E2" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H2" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="H3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B4" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D4" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="E4" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="H4" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B5" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C5" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E5" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H5" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B6" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C6" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D6" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="E6" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H6" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="I2" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="J2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K2" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="L2" t="s">
-        <v>186</v>
+        <v>190</v>
+      </c>
+      <c r="M2" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="I3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="J3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="L3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="M3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="N3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B4" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>202</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>203</v>
+      </c>
+      <c r="H4" t="s">
+        <v>204</v>
+      </c>
+      <c r="I4" t="s">
+        <v>205</v>
+      </c>
+      <c r="J4" t="s">
         <v>197</v>
       </c>
-      <c r="F4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="L4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="M4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="N4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="O4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="P4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="Q4" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="R4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H5" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="I5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="J5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="K5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="L5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="H6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="I6" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="J6" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K6" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="L6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="M6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="N6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B7" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H7" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="I7" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="J7" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K7" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="L7" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="M7" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="H8" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="I8" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="J8" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K8" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="L8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B9" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H9" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="I9" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="J9" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K9" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="L9" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="M9" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B10" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H10" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="I10" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="J10" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K10" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B11" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H11" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="I11" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="J11" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K11" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B12" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H12" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="I12" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="J12" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="K12" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="L12" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="M12" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>