--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,2651 +1,775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/ bictégravir sodique/ ténofovir alafénamide (fumarate de...)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/09/2012 00:00:00</t>
-[...542 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983103/fr/biktarvy-emtricitabine/bictegravir-sodique/tenofovir-alafenamide</t>
+    <t>06/14/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2983103</t>
   </si>
   <si>
     <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2873692/fr/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3444901/fr/biktarvy-emtricitabine-/-bictegravir-/-tenofovir-alafenamide-vih</t>
+    <t>https://www.has-sante.fr/jcms/c_2873692/en/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide-hiv</t>
   </si>
   <si>
     <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
   </si>
   <si>
-    <t>19/10/2021 16:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982985/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+    <t>10/19/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2982985</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631266/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3293341/fr/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/en/truvada</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/en/truvada-emtricitabine-tenofovir-disoproxil-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/en/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
   </si>
   <si>
-    <t>12/09/2019 09:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983010/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+    <t>09/12/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
   </si>
   <si>
     <t>pprd_2983010</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2863577/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886171/fr/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-association-d-antiviraux</t>
+    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
   </si>
   <si>
     <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
   </si>
   <si>
-    <t>12/09/2019 09:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983132/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>09/12/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>pprd_2983132</t>
   </si>
   <si>
     <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701324/fr/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080479/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/en/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/en/stribild-emtricitabine-cobicistat-elvitegravir-and-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
   </si>
   <si>
-    <t>06/09/2019 16:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984481/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+    <t>09/06/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>pprd_2984481</t>
   </si>
   <si>
     <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_743975/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983131/fr/genvoya-cobicistat/-elvitegravir/-emtricitabine/-tenofovir-alafenamide</t>
+    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/en/atripla-efavirenz-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>GENVOYA</t>
+  </si>
+  <si>
+    <t>11/27/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
   </si>
   <si>
     <t>pprd_2983131</t>
   </si>
   <si>
     <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621468/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2868644/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
   </si>
   <si>
     <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
   </si>
   <si>
-    <t>03/01/2018 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983454/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>01/03/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>pprd_2983454</t>
   </si>
   <si>
     <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250131/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2813827/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/en/eviplera-rilpivirine-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>12/07/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983591/fr/descovy-emtricitabine/-tenofovir-alafenamide</t>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983591</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2774120/fr/descovy-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
   </si>
   <si>
     <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>29/03/2017 13:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983792/fr/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+    <t>03/29/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983792</t>
   </si>
   <si>
     <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2732128/fr/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-association-d-antiretroviraux</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2561582/fr/emtriva-emtricitabine</t>
+    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:R10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J2" t="s">
-        <v>17</v>
-[...43 lines deleted...]
-      <c r="A2" t="s">
         <v>18</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="C2" t="s">
-[...2 lines deleted...]
-      <c r="D2" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-      <c r="E2" t="s">
+      <c r="M2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N2" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>28</v>
       </c>
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>29</v>
+      </c>
+      <c r="N3" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>33</v>
+      </c>
+      <c r="R3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
-[...58 lines deleted...]
-      <c r="E2" t="s">
         <v>38</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I4" t="s">
         <v>39</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J4" t="s">
         <v>40</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K4" t="s">
         <v>41</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
         <v>42</v>
-      </c>
-[...48 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" t="s">
+        <v>47</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>50</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="N5" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>54</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>55</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>56</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>57</v>
       </c>
-      <c r="I6" t="s">
-        <v>41</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I7" t="s">
-        <v>41</v>
+        <v>64</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
+        <v>65</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="I8" t="s">
-        <v>41</v>
+        <v>71</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H9" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>41</v>
+        <v>79</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="I10" t="s">
-        <v>41</v>
-[...82 lines deleted...]
-      <c r="H13" t="s">
         <v>85</v>
       </c>
-      <c r="I13" t="s">
-[...7 lines deleted...]
-      <c r="B14" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>86</v>
-      </c>
-[...1127 lines deleted...]
-        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>